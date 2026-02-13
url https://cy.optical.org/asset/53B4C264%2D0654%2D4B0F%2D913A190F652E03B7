--- v0 (2025-10-13)
+++ v1 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="53497255" w14:textId="77777777" w:rsidR="00690244" w:rsidRDefault="00690244" w:rsidP="00FE4B2B">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43B3FE2C" w14:textId="77777777" w:rsidR="00690244" w:rsidRDefault="00690244" w:rsidP="00FE4B2B">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -106,72 +106,61 @@
       <w:r w:rsidR="00FD6A2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00E65325" w:rsidRPr="008E0A60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>llegal</w:t>
       </w:r>
       <w:r w:rsidR="00FD6A2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD6A2B">
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65325" w:rsidRPr="008E0A60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>ractice</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5E9EE50F" w14:textId="77777777" w:rsidR="00FE4B2B" w:rsidRDefault="00FE4B2B" w:rsidP="00FE4B2B">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10C65861" w14:textId="10990416" w:rsidR="008E0A60" w:rsidRDefault="00496B4D" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -220,65 +209,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Protocol for the investigation and prosecution of criminal offences</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B72665" w:rsidRPr="20EEDCB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B72665" w:rsidRPr="00B72665">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72665">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">We will consider your complaint in accordance with this </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">We will consider your complaint in accordance with this protocol and </w:t>
       </w:r>
       <w:r w:rsidR="00802611">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>we may</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72665">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact the suspected offender and any third parties as appropriate.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331F652B" w14:textId="77777777" w:rsidR="00A27777" w:rsidRPr="00B72665" w:rsidRDefault="00A27777" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -330,85 +305,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00A27777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>we will inform you of any significant developments during our investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E235EC" w14:textId="77777777" w:rsidR="00A27777" w:rsidRPr="00A27777" w:rsidRDefault="00A27777" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F3B8682" w14:textId="77777777" w:rsidR="008E0A60" w:rsidRDefault="008E0A60" w:rsidP="00586F7D">
+    <w:p w14:paraId="5F3B8682" w14:textId="0447412D" w:rsidR="008E0A60" w:rsidRDefault="008E0A60" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A27777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide as much detail as you </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> send </w:t>
+        <w:t xml:space="preserve">Please provide as much detail as you can, and send </w:t>
       </w:r>
       <w:r w:rsidR="00A27777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the completed form by email to</w:t>
       </w:r>
       <w:r w:rsidR="008A383E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00B72665" w:rsidRPr="00424BC0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -449,89 +406,57 @@
       </w:r>
       <w:r w:rsidR="00733F25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>epartment</w:t>
       </w:r>
       <w:r w:rsidR="008A383E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A27777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">General Optical Council, </w:t>
       </w:r>
-      <w:r w:rsidR="00C169B9">
-[...37 lines deleted...]
-        <w:t>EC4M 7NG</w:t>
+      <w:r w:rsidR="00910389" w:rsidRPr="00910389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Level 29, One Canada Square, London E14 5AA</w:t>
       </w:r>
       <w:r w:rsidRPr="00A27777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A41919" w14:textId="77777777" w:rsidR="00A27777" w:rsidRPr="00A27777" w:rsidRDefault="00A27777" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77638ED3" w14:textId="5BCF7CAD" w:rsidR="00EF1C89" w:rsidRPr="00FD6A2B" w:rsidRDefault="001F6EB6" w:rsidP="00586F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1271,80 +1196,60 @@
           <w:p w14:paraId="5741F7DF" w14:textId="77777777" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00156E8E" w:rsidP="00A27777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Wh</w:t>
             </w:r>
             <w:r w:rsidR="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ich of </w:t>
-[...9 lines deleted...]
-              <w:t>these</w:t>
+              <w:t>ich of these</w:t>
             </w:r>
             <w:r w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> best</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> describes you? </w:t>
+              <w:t xml:space="preserve"> best describes you? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58038253" w14:textId="0607A85E" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00156E8E" w:rsidP="00E3397D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please select </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27777">
@@ -1368,99 +1273,97 @@
             </w:r>
             <w:r w:rsidR="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-233861323"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003292D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Trading Standards Officer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19AB851E" w14:textId="2C8625FA" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00DB10FE" w:rsidP="00962763">
+          <w:p w14:paraId="19AB851E" w14:textId="2C8625FA" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00000000" w:rsidP="00962763">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1068951605"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003292D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00156E8E" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Employee</w:t>
             </w:r>
             <w:r w:rsidR="006676E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -1475,124 +1378,122 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">member at </w:t>
             </w:r>
             <w:r w:rsidR="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">a public body (other than </w:t>
             </w:r>
             <w:r w:rsidR="00156E8E" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Trading Standards), the GOC or another regulator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="641E9701" w14:textId="77777777" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00DB10FE" w:rsidP="00962763">
+          <w:p w14:paraId="641E9701" w14:textId="77777777" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00000000" w:rsidP="00962763">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1085497463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00156E8E" w:rsidRPr="0003292D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00156E8E" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> GOC or GMC registrant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0493E9AB" w14:textId="5079A079" w:rsidR="00684313" w:rsidRPr="00014F5D" w:rsidRDefault="00DB10FE" w:rsidP="00962763">
+          <w:p w14:paraId="0493E9AB" w14:textId="5079A079" w:rsidR="00684313" w:rsidRPr="00014F5D" w:rsidRDefault="00000000" w:rsidP="00962763">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-911698417"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00684313" w:rsidRPr="0003292D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00156E8E" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00533A8C" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -1616,75 +1517,74 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">other </w:t>
             </w:r>
             <w:r w:rsidR="006676E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">employee/member of the </w:t>
             </w:r>
             <w:r w:rsidR="00533A8C" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">press/media </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3977F29A" w14:textId="77777777" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00DB10FE" w:rsidP="00962763">
+          <w:p w14:paraId="3977F29A" w14:textId="77777777" w:rsidR="00156E8E" w:rsidRPr="00A27777" w:rsidRDefault="00000000" w:rsidP="00962763">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1902978556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00156E8E" w:rsidRPr="0003292D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00156E8E" w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> None of the above</w:t>
             </w:r>
             <w:r w:rsidR="00DE6E6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -1772,77 +1672,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">May we </w:t>
       </w:r>
       <w:r w:rsidR="00843C20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>disclose your name in these proceedings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D068E22" w14:textId="7403F689" w:rsidR="004D1BF4" w:rsidRPr="00FD6A2B" w:rsidRDefault="00DB10FE" w:rsidP="00B72665">
+    <w:p w14:paraId="5D068E22" w14:textId="7403F689" w:rsidR="004D1BF4" w:rsidRPr="00FD6A2B" w:rsidRDefault="00000000" w:rsidP="00B72665">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:id w:val="1575394088"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A78E1">
             <w:rPr>
               <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009A78E1" w:rsidRPr="009A78E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I agree</w:t>
       </w:r>
       <w:r w:rsidR="009A78E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1854,113 +1753,101 @@
       </w:r>
       <w:r w:rsidR="00843C20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:id w:val="-1623221452"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A21853">
             <w:rPr>
               <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009A78E1" w:rsidRPr="006676E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="009A78E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A78E1" w:rsidRPr="009A78E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>do not</w:t>
       </w:r>
       <w:r w:rsidR="00D36D71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agree to my name being </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> agree to my name being disclosed</w:t>
+      </w:r>
       <w:r w:rsidR="009A78E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8792FB" w14:textId="6A7BCB6D" w:rsidR="009A78E1" w:rsidRPr="00B72665" w:rsidRDefault="00B72665" w:rsidP="00B72665">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72665">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2959,114 +2846,112 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>one</w:t>
             </w:r>
             <w:r w:rsidRPr="00126425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> option by putting a cross in the relevant box.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="679DF005" w14:textId="77777777" w:rsidR="00126425" w:rsidRPr="00126425" w:rsidRDefault="00126425" w:rsidP="00573FD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="310DD199" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="001D056C" w:rsidRDefault="00DB10FE" w:rsidP="00126425">
+          <w:p w14:paraId="310DD199" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="001D056C" w:rsidRDefault="00000000" w:rsidP="00126425">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4110"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2124836895"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00126425">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00126425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-566026393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00126425">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00126425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F6AD3" w:rsidRPr="00573FD3" w14:paraId="0D22191A" w14:textId="77777777" w:rsidTr="00FE4B2B">
@@ -3077,71 +2962,51 @@
           <w:p w14:paraId="6D08C230" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="001D056C" w:rsidRDefault="00014F5D" w:rsidP="00014F5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Wh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ich of </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> describes </w:t>
+              <w:t xml:space="preserve">ich of these best describes </w:t>
             </w:r>
             <w:r w:rsidR="00684313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>your</w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="001D056C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> complaint</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3169,75 +3034,74 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please select </w:t>
             </w:r>
             <w:r w:rsidRPr="001D056C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>as many</w:t>
             </w:r>
             <w:r w:rsidRPr="001D056C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> options as necessary by putting a cross in the relevant box(es).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="405495EA" w14:textId="6CCE3BE2" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="405495EA" w14:textId="6CCE3BE2" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-280571819"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00573FD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sale of zero power</w:t>
             </w:r>
             <w:r w:rsidR="0068331D" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3247,346 +3111,340 @@
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00F07B24" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>fashion</w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) contact lenses </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08080362" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="08080362" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-894734393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035078E" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sale of powered (prescription) contact lenses</w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3676841E" w14:textId="39DC7119" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="3676841E" w14:textId="39DC7119" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-994564914"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fitting</w:t>
             </w:r>
             <w:r w:rsidR="001522B7" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> contact lenses</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB7519B" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="7BB7519B" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1109847256"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sale of spectacles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42C297ED" w14:textId="4EBA72E9" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="42C297ED" w14:textId="4EBA72E9" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1875069261"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Misrepresenting </w:t>
             </w:r>
             <w:r w:rsidR="007532EA" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">GOC </w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">registration status </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E4B393D" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="3E4B393D" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="565614662"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sight testing </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66DFA057" w14:textId="2EF98A9C" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="66DFA057" w14:textId="2EF98A9C" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1893493449"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A6E3E" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other (Please specify)</w:t>
             </w:r>
             <w:r w:rsidR="00DE6E6F" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -3616,75 +3474,74 @@
                   </w:rPr>
                   <w:t xml:space="preserve">Click here to </w:t>
                 </w:r>
                 <w:r w:rsidR="00C826BE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:i/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>specify.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE6E6F" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C1718E0" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00DB10FE" w:rsidP="00025ADE">
+          <w:p w14:paraId="2C1718E0" w14:textId="77777777" w:rsidR="006F6AD3" w:rsidRPr="00025ADE" w:rsidRDefault="00000000" w:rsidP="00025ADE">
             <w:pPr>
               <w:ind w:left="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="561914571"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE6E6F" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Some or all of the offence</w:t>
             </w:r>
             <w:r w:rsidR="006F6AD3" w:rsidRPr="00025ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4936,103 +4793,103 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0015643A" w:rsidSect="00684313">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1702" w:right="1440" w:bottom="1276" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AED8CC5" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD" w:rsidP="00E65325">
+    <w:p w14:paraId="4E369124" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28" w:rsidP="00E65325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B20E5F9" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD" w:rsidP="00E65325">
+    <w:p w14:paraId="09F46500" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28" w:rsidP="00E65325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7EC00C4C" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD">
+    <w:p w14:paraId="6B0D5623" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
@@ -5040,51 +4897,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica-Oblique">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D5CB58B" w14:textId="77777777" w:rsidR="00B72665" w:rsidRPr="00573FD3" w:rsidRDefault="00B72665">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00573FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5132,83 +4989,83 @@
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00573FD3">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="08AD6273" w14:textId="77777777" w:rsidR="00B72665" w:rsidRDefault="00B72665">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A684720" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD" w:rsidP="00E65325">
+    <w:p w14:paraId="2A8C9A56" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28" w:rsidP="00E65325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CCF7F40" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD" w:rsidP="00E65325">
+    <w:p w14:paraId="5EA04C0E" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28" w:rsidP="00E65325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0A966668" w14:textId="77777777" w:rsidR="00F775BD" w:rsidRDefault="00F775BD">
+    <w:p w14:paraId="7FAA29F5" w14:textId="77777777" w:rsidR="002A1A28" w:rsidRDefault="002A1A28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B743823" w14:textId="77777777" w:rsidR="00B72665" w:rsidRDefault="00B72665" w:rsidP="008E0A60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1527B57B" wp14:editId="2F69FA50">
           <wp:extent cx="1755648" cy="615696"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="GOC_logo_4C.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -5228,51 +5085,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1755648" cy="615696"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="449A77F9" w14:textId="77777777" w:rsidR="00B72665" w:rsidRDefault="00B72665" w:rsidP="008E0A60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27A0547F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26448192"/>
     <w:lvl w:ilvl="0" w:tplc="B1A6BA2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5999,53 +5856,52 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5760" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="right"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="180"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
@@ -6092,50 +5948,51 @@
     <w:rsid w:val="00176E2E"/>
     <w:rsid w:val="00181D6C"/>
     <w:rsid w:val="00184E30"/>
     <w:rsid w:val="001B0775"/>
     <w:rsid w:val="001B3C04"/>
     <w:rsid w:val="001C091B"/>
     <w:rsid w:val="001D056C"/>
     <w:rsid w:val="001E25B4"/>
     <w:rsid w:val="001F0531"/>
     <w:rsid w:val="001F6EB6"/>
     <w:rsid w:val="00202C22"/>
     <w:rsid w:val="002031B3"/>
     <w:rsid w:val="0021244C"/>
     <w:rsid w:val="00214DF4"/>
     <w:rsid w:val="00220F29"/>
     <w:rsid w:val="002236EB"/>
     <w:rsid w:val="002243EF"/>
     <w:rsid w:val="00233249"/>
     <w:rsid w:val="0024263B"/>
     <w:rsid w:val="00246DFB"/>
     <w:rsid w:val="00250668"/>
     <w:rsid w:val="002557CD"/>
     <w:rsid w:val="00270880"/>
     <w:rsid w:val="0027150D"/>
     <w:rsid w:val="00285D84"/>
+    <w:rsid w:val="002A1A28"/>
     <w:rsid w:val="002A53FE"/>
     <w:rsid w:val="002D2C59"/>
     <w:rsid w:val="002D44A9"/>
     <w:rsid w:val="002D49E8"/>
     <w:rsid w:val="002E0DA6"/>
     <w:rsid w:val="002E173D"/>
     <w:rsid w:val="002E1F60"/>
     <w:rsid w:val="002E4D4E"/>
     <w:rsid w:val="002E5896"/>
     <w:rsid w:val="002E5E39"/>
     <w:rsid w:val="002E7672"/>
     <w:rsid w:val="002F62EA"/>
     <w:rsid w:val="00302C17"/>
     <w:rsid w:val="00320535"/>
     <w:rsid w:val="00323E01"/>
     <w:rsid w:val="0033640D"/>
     <w:rsid w:val="00340D1E"/>
     <w:rsid w:val="0035078E"/>
     <w:rsid w:val="00374564"/>
     <w:rsid w:val="00375081"/>
     <w:rsid w:val="00377CA9"/>
     <w:rsid w:val="00382DBC"/>
     <w:rsid w:val="0038374F"/>
     <w:rsid w:val="00387A0D"/>
     <w:rsid w:val="00391C69"/>
@@ -6184,50 +6041,51 @@
     <w:rsid w:val="00571E91"/>
     <w:rsid w:val="00572ED3"/>
     <w:rsid w:val="00573FD3"/>
     <w:rsid w:val="0057657C"/>
     <w:rsid w:val="00577267"/>
     <w:rsid w:val="00577E67"/>
     <w:rsid w:val="0058036F"/>
     <w:rsid w:val="005831D7"/>
     <w:rsid w:val="00586F7D"/>
     <w:rsid w:val="00594145"/>
     <w:rsid w:val="005A30A0"/>
     <w:rsid w:val="005A7492"/>
     <w:rsid w:val="005B10D6"/>
     <w:rsid w:val="005B19A3"/>
     <w:rsid w:val="005B410C"/>
     <w:rsid w:val="005D07E0"/>
     <w:rsid w:val="005D2700"/>
     <w:rsid w:val="005D5801"/>
     <w:rsid w:val="005E0D96"/>
     <w:rsid w:val="005E10A6"/>
     <w:rsid w:val="005E40DB"/>
     <w:rsid w:val="005E66FA"/>
     <w:rsid w:val="005F11DA"/>
     <w:rsid w:val="00607D06"/>
     <w:rsid w:val="006116D6"/>
+    <w:rsid w:val="006349B8"/>
     <w:rsid w:val="00644BCE"/>
     <w:rsid w:val="0066348C"/>
     <w:rsid w:val="006644DD"/>
     <w:rsid w:val="00667647"/>
     <w:rsid w:val="006676E5"/>
     <w:rsid w:val="00681681"/>
     <w:rsid w:val="0068331D"/>
     <w:rsid w:val="00684313"/>
     <w:rsid w:val="00690087"/>
     <w:rsid w:val="00690244"/>
     <w:rsid w:val="006A6110"/>
     <w:rsid w:val="006A7AA5"/>
     <w:rsid w:val="006C21BC"/>
     <w:rsid w:val="006D5764"/>
     <w:rsid w:val="006E340E"/>
     <w:rsid w:val="006F1B72"/>
     <w:rsid w:val="006F6AD3"/>
     <w:rsid w:val="007036FB"/>
     <w:rsid w:val="007337D2"/>
     <w:rsid w:val="00733F25"/>
     <w:rsid w:val="00742643"/>
     <w:rsid w:val="007427FF"/>
     <w:rsid w:val="00744460"/>
     <w:rsid w:val="007500F8"/>
     <w:rsid w:val="007532EA"/>
@@ -6245,50 +6103,51 @@
     <w:rsid w:val="007E7470"/>
     <w:rsid w:val="00802611"/>
     <w:rsid w:val="00807F51"/>
     <w:rsid w:val="008140BD"/>
     <w:rsid w:val="008211DF"/>
     <w:rsid w:val="00831820"/>
     <w:rsid w:val="00841B7E"/>
     <w:rsid w:val="00843C20"/>
     <w:rsid w:val="00843F31"/>
     <w:rsid w:val="00851EA6"/>
     <w:rsid w:val="00852BB0"/>
     <w:rsid w:val="00853536"/>
     <w:rsid w:val="00854781"/>
     <w:rsid w:val="0086196F"/>
     <w:rsid w:val="00874A0D"/>
     <w:rsid w:val="00876237"/>
     <w:rsid w:val="00886FC7"/>
     <w:rsid w:val="00896D52"/>
     <w:rsid w:val="008A383E"/>
     <w:rsid w:val="008B043D"/>
     <w:rsid w:val="008C7E33"/>
     <w:rsid w:val="008C7ED6"/>
     <w:rsid w:val="008E0A60"/>
     <w:rsid w:val="008F1F7B"/>
     <w:rsid w:val="00903CC8"/>
+    <w:rsid w:val="00910389"/>
     <w:rsid w:val="00912A85"/>
     <w:rsid w:val="009138B2"/>
     <w:rsid w:val="00914F27"/>
     <w:rsid w:val="00931CB8"/>
     <w:rsid w:val="00940102"/>
     <w:rsid w:val="009410BE"/>
     <w:rsid w:val="00944074"/>
     <w:rsid w:val="009459D4"/>
     <w:rsid w:val="009503DD"/>
     <w:rsid w:val="00953A2A"/>
     <w:rsid w:val="00957897"/>
     <w:rsid w:val="00961940"/>
     <w:rsid w:val="00962763"/>
     <w:rsid w:val="00981A31"/>
     <w:rsid w:val="00986BB8"/>
     <w:rsid w:val="009945AB"/>
     <w:rsid w:val="009A36A9"/>
     <w:rsid w:val="009A6E3E"/>
     <w:rsid w:val="009A78E1"/>
     <w:rsid w:val="009B0E88"/>
     <w:rsid w:val="009B13AF"/>
     <w:rsid w:val="009C0862"/>
     <w:rsid w:val="009D1943"/>
     <w:rsid w:val="009D2C26"/>
     <w:rsid w:val="009E3410"/>
@@ -6426,51 +6285,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2041FD48"/>
   <w15:docId w15:val="{66E79D34-DDD3-405D-9B66-89E7EA9C484E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6828,51 +6687,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F6AD3"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7031,51 +6889,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C6466B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA0CA6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="663433729">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1513061352">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7419,60 +7277,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007D437C159B07B842B60B5D3CC7A8568B" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c669e7b18008c87da76a49fae3fd6daf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ad81a916-7fd5-4618-8d48-3eea9c5cf224" xmlns:ns3="57dcf2b7-5574-44aa-b589-27909290c856" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a06558913718ba8cedda9f22986bd312" ns2:_="" ns3:_="">
     <xsd:import namespace="ad81a916-7fd5-4618-8d48-3eea9c5cf224"/>
     <xsd:import namespace="57dcf2b7-5574-44aa-b589-27909290c856"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ad81a916-7fd5-4618-8d48-3eea9c5cf224" elementFormDefault="qualified">
@@ -7613,141 +7470,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ACF5807-CE0C-4936-81C7-0D29AF9F890A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61E30AF3-E447-4187-BC45-F5D0290AD21D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D4B7048-9420-44AD-B246-C1063E971F05}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D5DA79E-FC4F-44B5-BA32-C42C70EB2F54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ad81a916-7fd5-4618-8d48-3eea9c5cf224"/>
     <ds:schemaRef ds:uri="57dcf2b7-5574-44aa-b589-27909290c856"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D4B7048-9420-44AD-B246-C1063E971F05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61E30AF3-E447-4187-BC45-F5D0290AD21D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ACF5807-CE0C-4936-81C7-0D29AF9F890A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>539</Words>
-  <Characters>3078</Characters>
+  <Words>541</Words>
+  <Characters>3087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3610</CharactersWithSpaces>
+  <CharactersWithSpaces>3621</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>6946898</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:lc@optical.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946898</vt:i4>
       </vt:variant>
       <vt:variant>