--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -17,1327 +17,1264 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002B46E4" w:rsidP="00157212" w:rsidRDefault="002B46E4" w14:paraId="47EAE2ED" w14:textId="22C146B9">
+    <w:p w14:paraId="47EAE2ED" w14:textId="22C146B9" w:rsidR="002B46E4" w:rsidRDefault="002B46E4" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B46E4" w:rsidP="00157212" w:rsidRDefault="002B46E4" w14:paraId="28ADB12A" w14:textId="4390F0B5">
+    <w:p w14:paraId="28ADB12A" w14:textId="4390F0B5" w:rsidR="002B46E4" w:rsidRDefault="002B46E4" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B46E4" w:rsidP="00157212" w:rsidRDefault="002B46E4" w14:paraId="7646BD20" w14:textId="77777777">
+    <w:p w14:paraId="7646BD20" w14:textId="77777777" w:rsidR="002B46E4" w:rsidRDefault="002B46E4" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008421A0" w:rsidR="00157212" w:rsidP="008421A0" w:rsidRDefault="008C4CEF" w14:paraId="02BB644E" w14:textId="219138C8">
+    <w:p w14:paraId="02BB644E" w14:textId="219138C8" w:rsidR="00157212" w:rsidRPr="008421A0" w:rsidRDefault="008C4CEF" w:rsidP="008421A0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008421A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">Notification </w:t>
       </w:r>
       <w:r w:rsidRPr="00A663FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A663FE" w:rsidR="003B7261">
+      <w:r w:rsidR="003B7261" w:rsidRPr="00A663FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>Changes</w:t>
       </w:r>
       <w:r w:rsidR="003B7261">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008421A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="003B7261">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>Events</w:t>
       </w:r>
       <w:r w:rsidR="00ED66B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve"> Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="008C4CEF" w:rsidP="008C4CEF" w:rsidRDefault="1D092DA5" w14:paraId="5CC0823D" w14:textId="61C75856">
+    <w:p w14:paraId="5CC0823D" w14:textId="2C948711" w:rsidR="008C4CEF" w:rsidRPr="00BE15EC" w:rsidRDefault="1D092DA5" w:rsidP="008C4CEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6397142D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NT</w:t>
       </w:r>
-      <w:r w:rsidRPr="6397142D" w:rsidR="08402C33">
+      <w:r w:rsidR="08402C33" w:rsidRPr="6397142D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="6397142D" w:rsidR="28213606">
+      <w:r w:rsidR="28213606" w:rsidRPr="6397142D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-FRM </w:t>
       </w:r>
-      <w:r w:rsidRPr="00671107" w:rsidR="00CA38F8">
+      <w:r w:rsidR="00CA38F8" w:rsidRPr="00671107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="005D2FF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00671107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.0</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00912CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="008C4CEF" w:rsidP="008C4CEF" w:rsidRDefault="008C4CEF" w14:paraId="7D50F06B" w14:textId="7F349F52">
+    <w:p w14:paraId="7D50F06B" w14:textId="7F349F52" w:rsidR="008C4CEF" w:rsidRPr="00BE15EC" w:rsidRDefault="008C4CEF" w:rsidP="008C4CEF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001C48E3" w:rsidR="00675357" w:rsidP="00675357" w:rsidRDefault="00675357" w14:paraId="75A570F9" w14:textId="77777777">
+    <w:p w14:paraId="75A570F9" w14:textId="77777777" w:rsidR="00675357" w:rsidRPr="001C48E3" w:rsidRDefault="00675357" w:rsidP="00675357">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00342C83" w:rsidP="00342C83" w:rsidRDefault="00675357" w14:paraId="57CB645D" w14:textId="30F2EA48">
+    <w:p w14:paraId="57CB645D" w14:textId="30F2EA48" w:rsidR="00342C83" w:rsidRDefault="00675357" w:rsidP="00342C83">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00675357">
+      <w:r w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This form should be completed by a </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00E13D8A">
+      <w:r w:rsidR="00E13D8A" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00675357">
+      <w:r w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rovider</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00B64570">
+      <w:r w:rsidR="00B64570" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00E13D8A">
+      <w:r w:rsidR="00E13D8A" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00B64570">
+      <w:r w:rsidR="00B64570" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">warding </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00E13D8A">
+      <w:r w:rsidR="00E13D8A" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00B64570">
+      <w:r w:rsidR="00B64570" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rganisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00675357">
+      <w:r w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00A71E70">
+      <w:r w:rsidR="00A71E70" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(AO) </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00675357">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="462451CD" w:rsidR="00157212">
+      <w:r w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>when notifying the GOC of any reportable changes or events in line with our</w:t>
+      </w:r>
+      <w:r w:rsidR="00157212" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R166bbf9baf404e58">
-        <w:r w:rsidRPr="462451CD" w:rsidR="008508B8">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="008508B8" w:rsidRPr="462451CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>guida</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:name="_Hlt166495361" w:id="0"/>
-      <w:r w:rsidRPr="462451CD" w:rsidR="008508B8">
+      <w:bookmarkStart w:id="0" w:name="_Hlt166495361"/>
+      <w:r w:rsidR="008508B8" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="462451CD" w:rsidR="008508B8">
+      <w:r w:rsidR="008508B8" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00675357">
+      <w:r w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
-[...19 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This form is for reporting changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
-[...27 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and events to </w:t>
+      </w:r>
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>existing</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> GOC approved or provisionally approved qualifications </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C73173">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00C73173" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lease do not complete </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="007D19B0">
+      <w:r w:rsidR="007D19B0" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">this form </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if you are responding to conditions or recommendations that have been set as part of GOC quality assurance or quality assurance and enhancement activity</w:t>
+      </w:r>
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="462451CD" w:rsidR="006170FF">
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informing the GOC of a </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">qualification </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="006170FF">
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="006170FF">
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">being </w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clos</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="006170FF">
+      <w:r w:rsidR="006170FF" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed,</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> suspended, or taught out (please complete the </w:t>
       </w:r>
-      <w:hyperlink r:id="R44a25bcd519b40f1">
-        <w:r w:rsidRPr="462451CD" w:rsidR="00C942C7">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00C942C7" w:rsidRPr="462451CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:i w:val="1"/>
-            <w:iCs w:val="1"/>
+            <w:i/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Declaration of Closure Form (DCN-FRM)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00C73173">
+      <w:r w:rsidR="00C73173" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="462451CD" w:rsidR="00342C83">
+      <w:r w:rsidR="00342C83" w:rsidRPr="462451CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C05E5E" w:rsidP="00342C83" w:rsidRDefault="00C05E5E" w14:paraId="5750B855" w14:textId="77777777">
+    <w:p w14:paraId="5750B855" w14:textId="77777777" w:rsidR="00C05E5E" w:rsidRDefault="00C05E5E" w:rsidP="00342C83">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B16983" w:rsidP="00B16983" w:rsidRDefault="00B16983" w14:paraId="39AB8768" w14:textId="77777777">
+    <w:p w14:paraId="39AB8768" w14:textId="77777777" w:rsidR="00B16983" w:rsidRDefault="00B16983" w:rsidP="00B16983">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Within this form, the pre-2021 requirements will be referred to as ‘handbook (HB)’ requirements and post-2021 requirements will be referred to as ‘Education and Training Requirements (ETRs)’.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B16983" w:rsidP="00B35D57" w:rsidRDefault="00B16983" w14:paraId="480FC504" w14:textId="77777777">
+    <w:p w14:paraId="480FC504" w14:textId="77777777" w:rsidR="00B16983" w:rsidRDefault="00B16983" w:rsidP="00B35D57">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00B35D57" w:rsidP="00B35D57" w:rsidRDefault="00C05E5E" w14:paraId="426E9D5D" w14:textId="04F376C1">
+    <w:p w14:paraId="426E9D5D" w14:textId="04F376C1" w:rsidR="00B35D57" w:rsidRPr="00BE15EC" w:rsidRDefault="00C05E5E" w:rsidP="00B35D57">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When reporting changes or events</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5655A" w:rsidR="00A5655A">
+      <w:r w:rsidR="00A5655A" w:rsidRPr="00A5655A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A5655A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the Provider or Awarding Organisation should i</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00A5655A">
+      <w:r w:rsidR="00A5655A" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ndicate which set of </w:t>
       </w:r>
-      <w:hyperlink w:anchor="A3" r:id="rId13">
-        <w:r w:rsidRPr="001C48E3" w:rsidR="00A5655A">
+      <w:hyperlink r:id="rId13" w:anchor="A3">
+        <w:r w:rsidR="00A5655A" w:rsidRPr="001C48E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00A5655A">
+      <w:r w:rsidR="00A5655A" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the qualification relates</w:t>
       </w:r>
       <w:r w:rsidR="00A5655A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00B35D57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>here should be particular focus on evidencing how the relevant GOC requirements will continue to be met</w:t>
       </w:r>
       <w:r w:rsidR="002F724F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00563A49" w:rsidP="00A5655A" w:rsidRDefault="00F75A83" w14:paraId="6C554A51" w14:textId="6C956906">
+    <w:p w14:paraId="6C554A51" w14:textId="6C956906" w:rsidR="00563A49" w:rsidRDefault="00F75A83" w:rsidP="00A5655A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GOC requirements are as follows</w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="003758D2">
+      <w:r w:rsidR="003758D2" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B03126" w:rsidR="00F074B0" w:rsidP="00B03126" w:rsidRDefault="00563A49" w14:paraId="33C3FA6C" w14:textId="19944BC7">
+    <w:p w14:paraId="33C3FA6C" w14:textId="19944BC7" w:rsidR="00F074B0" w:rsidRPr="00B03126" w:rsidRDefault="00563A49" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="00CD15EE">
+      <w:r w:rsidR="00CD15EE" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="00E91FA8">
+      <w:r w:rsidR="00E91FA8" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">programmes operating under the </w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="00E91FA8">
+      <w:r w:rsidR="00E91FA8" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pre-2021 requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="00E91FA8">
+      <w:r w:rsidR="00E91FA8" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="008644C0">
+      <w:r w:rsidR="008644C0" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="53EE9DD5" w:rsidR="008B1853">
+      <w:r w:rsidR="008B1853" w:rsidRPr="53EE9DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>this form should be reviewed against:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032797F" w:rsidR="008B1853" w:rsidP="00B03126" w:rsidRDefault="005E0E12" w14:paraId="12CAE6D4" w14:textId="6A153439">
+    <w:p w14:paraId="12CAE6D4" w14:textId="6A153439" w:rsidR="008B1853" w:rsidRPr="0032797F" w:rsidRDefault="005E0E12" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032797F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accreditation and Quality Assurance Handbook: Routes to Registration in Optometry</w:t>
       </w:r>
-      <w:r w:rsidRPr="0032797F" w:rsidR="00894804">
+      <w:r w:rsidR="00894804" w:rsidRPr="0032797F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001C48E3" w:rsidR="00D71927" w:rsidP="00B03126" w:rsidRDefault="00D71927" w14:paraId="60F38DA8" w14:textId="2F9310C6">
+    <w:p w14:paraId="60F38DA8" w14:textId="2F9310C6" w:rsidR="00D71927" w:rsidRPr="001C48E3" w:rsidRDefault="00D71927" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="000152CE">
+      <w:r w:rsidR="000152CE" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uidelines for the Approval and Quality Assurance of: Routes to GOC Registration for Dispensing Opticians</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00F14463">
+      <w:r w:rsidR="00F14463" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (March 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00CB684F">
+      <w:r w:rsidR="00CB684F" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00F14463">
+      <w:r w:rsidR="00F14463" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001C48E3" w:rsidR="000152CE" w:rsidP="00B03126" w:rsidRDefault="00FF5B0D" w14:paraId="634B5CAA" w14:textId="1DE0FCF6">
+    <w:p w14:paraId="634B5CAA" w14:textId="1DE0FCF6" w:rsidR="000152CE" w:rsidRPr="001C48E3" w:rsidRDefault="00FF5B0D" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidelines for the </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00D55096">
+      <w:r w:rsidR="00D55096" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Approval </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00AB7149">
+      <w:r w:rsidR="00AB7149" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00D55096">
+      <w:r w:rsidR="00D55096" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a) </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00CD78A3">
+      <w:r w:rsidR="00CD78A3" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00D55096">
+      <w:r w:rsidR="00D55096" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">raining </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00CD78A3">
+      <w:r w:rsidR="00CD78A3" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00D55096">
+      <w:r w:rsidR="00D55096" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nstitutions </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00CD78A3">
+      <w:r w:rsidR="00CD78A3" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and b) Providers of Schemes for Registration </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00AB7149">
+      <w:r w:rsidR="00AB7149" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for United Kingdom Trained Contact Lens Opticians</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="002621D5">
+      <w:r w:rsidR="002621D5" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (November 2007)</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C48E3" w:rsidR="00AB7149">
+      <w:r w:rsidR="00AB7149" w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032797F" w:rsidR="00AB7149" w:rsidP="00B03126" w:rsidRDefault="00BA12CA" w14:paraId="3466E245" w14:textId="5A1C2EC1">
+    <w:p w14:paraId="3466E245" w14:textId="5A1C2EC1" w:rsidR="00AB7149" w:rsidRPr="0032797F" w:rsidRDefault="00BA12CA" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032797F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A Handbook for Optometry Specialist Registration in Therapeutic Prescribing</w:t>
       </w:r>
       <w:r w:rsidRPr="001C48E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (July 2008)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B03126" w:rsidR="008B1853" w:rsidP="00B03126" w:rsidRDefault="00AB676C" w14:paraId="4B99F556" w14:textId="784C1882">
+    <w:p w14:paraId="4B99F556" w14:textId="784C1882" w:rsidR="008B1853" w:rsidRPr="00B03126" w:rsidRDefault="00AB676C" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B03126" w:rsidR="008B1853">
+      <w:r w:rsidR="008B1853" w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or qualifications operating under the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B03126" w:rsidR="008B1853">
+      <w:r w:rsidR="008B1853" w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>post-2021 requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B03126" w:rsidR="008B1853">
+      <w:r w:rsidR="008B1853" w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00982852">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B03126" w:rsidR="008B1853">
+      <w:r w:rsidR="008B1853" w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>this form should be reviewed against:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032797F" w:rsidR="008B1853" w:rsidP="00B03126" w:rsidRDefault="00517BB1" w14:paraId="6F55A9F5" w14:textId="08D90F95">
+    <w:p w14:paraId="6F55A9F5" w14:textId="08D90F95" w:rsidR="008B1853" w:rsidRPr="0032797F" w:rsidRDefault="00517BB1" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Requirements for Approved Qualifications in Optometry or Dispensing Optics (1 March 2021)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032797F" w:rsidR="00517BB1" w:rsidP="00B03126" w:rsidRDefault="00E27B66" w14:paraId="7FB31874" w14:textId="7F213D76">
+    <w:p w14:paraId="7FB31874" w14:textId="7F213D76" w:rsidR="00517BB1" w:rsidRPr="0032797F" w:rsidRDefault="00E27B66" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Requirements for Approved Qualifications in Additional Supply (AS), Supplementary Prescribing (SP) and/or Independent Prescribing (IP) (January 2022), or:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032797F" w:rsidR="00E27B66" w:rsidP="00B03126" w:rsidRDefault="00A87EF2" w14:paraId="2AE0EE73" w14:textId="4EC24A58">
+    <w:p w14:paraId="2AE0EE73" w14:textId="4EC24A58" w:rsidR="00E27B66" w:rsidRPr="0032797F" w:rsidRDefault="00A87EF2" w:rsidP="00B03126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B03126">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Requirements for Approved Qualifications for Contact Lens Opticians (March 2022)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00157212" w:rsidP="00157212" w:rsidRDefault="00157212" w14:paraId="2C4D9120" w14:textId="77777777">
+    <w:p w14:paraId="2C4D9120" w14:textId="77777777" w:rsidR="00157212" w:rsidRPr="00BE15EC" w:rsidRDefault="00157212" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00955DDC" w:rsidP="0032797F" w:rsidRDefault="00157212" w14:paraId="605F6B8D" w14:textId="77777777">
+    <w:p w14:paraId="605F6B8D" w14:textId="77777777" w:rsidR="00955DDC" w:rsidRDefault="00157212" w:rsidP="0032797F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send your completed form and any supporting documentation to </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="00BE15EC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>education@optical.org</w:t>
@@ -1349,1545 +1286,1568 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>copying in any related organisations.</w:t>
       </w:r>
       <w:r w:rsidR="00D65C73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955DDC" w:rsidP="0032797F" w:rsidRDefault="00955DDC" w14:paraId="1696B789" w14:textId="77777777">
+    <w:p w14:paraId="1696B789" w14:textId="77777777" w:rsidR="00955DDC" w:rsidRDefault="00955DDC" w:rsidP="0032797F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006347A9" w:rsidP="0032797F" w:rsidRDefault="00D65C73" w14:paraId="3E406B14" w14:textId="7942E6A1">
+    <w:p w14:paraId="3E406B14" w14:textId="7942E6A1" w:rsidR="006347A9" w:rsidRDefault="00D65C73" w:rsidP="0032797F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="005B39D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if </w:t>
       </w:r>
       <w:r w:rsidRPr="005B39D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sections one and two</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are not completed in ful</w:t>
       </w:r>
       <w:r w:rsidR="004D3D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B39D5" w:rsidR="004D3D4E">
+      <w:r w:rsidR="004D3D4E" w:rsidRPr="005B39D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, we will return the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B39D5" w:rsidR="005B39D5">
+      <w:r w:rsidR="005B39D5" w:rsidRPr="005B39D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>form and request it is amended.</w:t>
       </w:r>
       <w:r w:rsidR="006347A9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="008C4CEF" w:rsidP="008C4CEF" w:rsidRDefault="008C4CEF" w14:paraId="78D57BC2" w14:textId="5941B584">
+    <w:p w14:paraId="78D57BC2" w14:textId="5941B584" w:rsidR="008C4CEF" w:rsidRPr="00BE15EC" w:rsidRDefault="008C4CEF" w:rsidP="008C4CEF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004620D7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section one</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Provider</w:t>
       </w:r>
       <w:r w:rsidR="00C60087">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00FD5C50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C60087">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">warding </w:t>
       </w:r>
       <w:r w:rsidR="00FD5C50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00C60087">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rganisation</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> details</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00F06AB5" w:rsidP="00157212" w:rsidRDefault="00F06AB5" w14:paraId="094A1571" w14:textId="77777777">
+    <w:p w14:paraId="094A1571" w14:textId="77777777" w:rsidR="00F06AB5" w:rsidRPr="00BE15EC" w:rsidRDefault="00F06AB5" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6974"/>
         <w:gridCol w:w="6974"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="72829B61" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="72829B61" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="00157212" w:rsidRDefault="003459A7" w14:paraId="7B331A3D" w14:textId="66DB1543">
+          <w:p w14:paraId="7B331A3D" w14:textId="66DB1543" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>PROVIDER</w:t>
             </w:r>
             <w:r w:rsidR="00C60087">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/AWARDING ORGANISATION</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="1C6284A8" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="1C6284A8" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="7747CDE0" w14:paraId="178FD6F2" w14:textId="632A7D6D">
+          <w:p w14:paraId="178FD6F2" w14:textId="632A7D6D" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="7747CDE0" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="17F680D4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="17F680D4" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7B911985">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="7B911985" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="17F680D4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="17F680D4" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">warding </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7B911985">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="7B911985" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="17F680D4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="17F680D4" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>rganisation</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> name </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="0435BB63" w14:textId="77777777">
+          <w:p w14:paraId="0435BB63" w14:textId="77777777" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="703DB433" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="703DB433" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="2A7322B6" w14:paraId="02373B1A" w14:textId="3BB430D5">
+          <w:p w14:paraId="02373B1A" w14:textId="3BB430D5" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="2A7322B6" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Main contact name </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(including professional title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="1BE30B85" w14:textId="77777777">
+          <w:p w14:paraId="1BE30B85" w14:textId="77777777" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="4CF71884" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="4CF71884" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="3FC14688" w14:paraId="0A36F2EE" w14:textId="62BF1C08">
+          <w:p w14:paraId="0A36F2EE" w14:textId="62BF1C08" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="3FC14688" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Main contact telephone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="7912453C" w14:textId="77777777">
+          <w:p w14:paraId="7912453C" w14:textId="77777777" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="37212422" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="37212422" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="3BEAD8A8" w14:paraId="3E745466" w14:textId="67FAE786">
+          <w:p w14:paraId="3E745466" w14:textId="67FAE786" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="3BEAD8A8" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Main contact email address</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="0FD69BBC" w14:textId="77777777">
+          <w:p w14:paraId="0FD69BBC" w14:textId="77777777" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidTr="6397142D" w14:paraId="573B58AC" w14:textId="77777777">
+      <w:tr w:rsidR="003459A7" w:rsidRPr="00BE15EC" w14:paraId="573B58AC" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="4D57A757" w14:paraId="647687EC" w14:textId="73CB02F0">
+          <w:p w14:paraId="647687EC" w14:textId="73CB02F0" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="4D57A757" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1.5 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3CC79E0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="3CC79E0F" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Qualification lead(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="0D7405F8" w14:textId="32496198">
+          <w:p w14:paraId="0D7405F8" w14:textId="32496198" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(including professional title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003459A7" w:rsidP="003459A7" w:rsidRDefault="003459A7" w14:paraId="3715B7DD" w14:textId="77777777">
+          <w:p w14:paraId="3715B7DD" w14:textId="77777777" w:rsidR="003459A7" w:rsidRPr="00BE15EC" w:rsidRDefault="003459A7" w:rsidP="003459A7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00C369C3" w:rsidP="00157212" w:rsidRDefault="00C369C3" w14:paraId="5B772897" w14:textId="77777777">
+    <w:p w14:paraId="5B772897" w14:textId="77777777" w:rsidR="00C369C3" w:rsidRPr="00BE15EC" w:rsidRDefault="00C369C3" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="10461"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00D04ACB" w:rsidTr="6397142D" w14:paraId="0993CC7C" w14:textId="77777777">
+      <w:tr w:rsidR="00D04ACB" w:rsidRPr="00BE15EC" w14:paraId="0993CC7C" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D04ACB" w:rsidRDefault="00D04ACB" w14:paraId="54EFAB84" w14:textId="77777777">
+          <w:p w14:paraId="54EFAB84" w14:textId="77777777" w:rsidR="00D04ACB" w:rsidRPr="00BE15EC" w:rsidRDefault="00D04ACB">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">FOR </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WARDING ORGANISATIONS ONLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="002B6673" w:rsidR="002B6673" w:rsidTr="6397142D" w14:paraId="101B49C5" w14:textId="77777777">
+      <w:tr w:rsidR="002B6673" w:rsidRPr="002B6673" w14:paraId="101B49C5" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="002B6673" w:rsidR="002B6673" w:rsidRDefault="002B6673" w14:paraId="23714445" w14:textId="729EF3CB">
+          <w:p w14:paraId="23714445" w14:textId="729EF3CB" w:rsidR="002B6673" w:rsidRPr="002B6673" w:rsidRDefault="002B6673">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6673">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.6 Does this apply to a centre?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10461" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="002B6673" w:rsidR="002B6673" w:rsidRDefault="00000000" w14:paraId="2EE82BD5" w14:textId="77777777">
+          <w:p w14:paraId="2EE82BD5" w14:textId="77777777" w:rsidR="002B6673" w:rsidRPr="002B6673" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1945578233"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002B6673" w:rsidR="002B6673">
+                <w:r w:rsidR="002B6673" w:rsidRPr="002B6673">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="002B6673" w:rsidR="002B6673">
+            <w:r w:rsidR="002B6673" w:rsidRPr="002B6673">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002B6673" w:rsidR="002B6673" w:rsidRDefault="00000000" w14:paraId="4B54D279" w14:textId="570238A1">
+          <w:p w14:paraId="4B54D279" w14:textId="570238A1" w:rsidR="002B6673" w:rsidRPr="002B6673" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1378390963"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002B6673" w:rsidR="002B6673">
+                <w:r w:rsidR="002B6673" w:rsidRPr="002B6673">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="002B6673" w:rsidR="002B6673">
+            <w:r w:rsidR="002B6673" w:rsidRPr="002B6673">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004620D7" w:rsidR="00D04ACB" w:rsidTr="6397142D" w14:paraId="62807732" w14:textId="77777777">
+      <w:tr w:rsidR="00D04ACB" w:rsidRPr="004620D7" w14:paraId="62807732" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D04ACB" w:rsidRDefault="49A95765" w14:paraId="0618693F" w14:textId="206C2888">
+          <w:p w14:paraId="0618693F" w14:textId="206C2888" w:rsidR="00D04ACB" w:rsidRPr="00BE15EC" w:rsidRDefault="49A95765">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="002B6673">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5058CD1C">
+            <w:r w:rsidR="5058CD1C" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of centre(s) this applies to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10461" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00D04ACB" w:rsidRDefault="00D04ACB" w14:paraId="718A5234" w14:textId="0C1747AF">
+          <w:p w14:paraId="718A5234" w14:textId="0C1747AF" w:rsidR="00D04ACB" w:rsidRPr="004620D7" w:rsidRDefault="00D04ACB">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">List all </w:t>
             </w:r>
             <w:r w:rsidR="008127BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">relevant </w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>centre(s).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00BD2AAD" w:rsidRDefault="00BD2AAD" w14:paraId="2D3C5353" w14:textId="78A4A434">
+    <w:p w14:paraId="2D3C5353" w14:textId="78A4A434" w:rsidR="00BD2AAD" w:rsidRPr="00BE15EC" w:rsidRDefault="00BD2AAD">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D47B26" w:rsidRDefault="00D47B26" w14:paraId="3CD37027" w14:textId="77777777">
+    <w:p w14:paraId="3CD37027" w14:textId="77777777" w:rsidR="00D47B26" w:rsidRDefault="00D47B26">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="008C4CEF" w:rsidP="008C4CEF" w:rsidRDefault="008C4CEF" w14:paraId="642C3C7D" w14:textId="3A287313">
+    <w:p w14:paraId="642C3C7D" w14:textId="3A287313" w:rsidR="008C4CEF" w:rsidRPr="00BE15EC" w:rsidRDefault="008C4CEF" w:rsidP="008C4CEF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004620D7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section two</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="00E032FA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00E032FA" w:rsidRPr="00BE15EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="004C3846">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="004C3846" w:rsidRPr="00BE15EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change</w:t>
       </w:r>
       <w:r w:rsidR="000655B6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="004C3846">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="004C3846" w:rsidRPr="00BE15EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000655B6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="004C3846">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="004C3846" w:rsidRPr="00BE15EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>event(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="008C4CEF" w:rsidP="00157212" w:rsidRDefault="008C4CEF" w14:paraId="3402E485" w14:textId="77777777">
+    <w:p w14:paraId="3402E485" w14:textId="77777777" w:rsidR="008C4CEF" w:rsidRPr="00BE15EC" w:rsidRDefault="008C4CEF" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00F06AB5" w:rsidP="00157212" w:rsidRDefault="00BD049F" w14:paraId="3A62C0FB" w14:textId="1D0A080A">
+    <w:p w14:paraId="3A62C0FB" w14:textId="1D0A080A" w:rsidR="00F06AB5" w:rsidRPr="00BE15EC" w:rsidRDefault="00BD049F" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete the following table for each </w:t>
       </w:r>
       <w:r w:rsidR="007F1B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change/event</w:t>
       </w:r>
       <w:r w:rsidR="0091014F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="0091014F">
+      <w:r w:rsidR="0091014F" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="006304C0">
+      <w:r w:rsidR="006304C0" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f you have more than one change</w:t>
       </w:r>
       <w:r w:rsidR="0032295C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="006304C0">
+      <w:r w:rsidR="006304C0" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">event to </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="004620D7">
+      <w:r w:rsidR="004620D7" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>report,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="006304C0">
+      <w:r w:rsidR="006304C0" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> please</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="007F1B46">
+      <w:r w:rsidR="007F1B46" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="0054378C">
+      <w:r w:rsidR="0054378C" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duplicate the table by copying and pasting below</w:t>
       </w:r>
       <w:r w:rsidR="0091014F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and e</w:t>
       </w:r>
       <w:r w:rsidR="0054378C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nsure</w:t>
       </w:r>
       <w:r w:rsidR="0091014F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> each </w:t>
       </w:r>
       <w:r w:rsidR="00F709E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change/event is numbered.</w:t>
       </w:r>
       <w:r w:rsidR="00702CE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="007F1B46" w:rsidP="00157212" w:rsidRDefault="007F1B46" w14:paraId="3A8A8147" w14:textId="77777777">
+    <w:p w14:paraId="3A8A8147" w14:textId="77777777" w:rsidR="007F1B46" w:rsidRPr="00BE15EC" w:rsidRDefault="007F1B46" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="2377"/>
         <w:gridCol w:w="4597"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00682083" w:rsidTr="53EE9DD5" w14:paraId="6D989BB3" w14:textId="77777777">
+      <w:tr w:rsidR="00682083" w:rsidRPr="00BE15EC" w14:paraId="6D989BB3" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00682083" w:rsidR="00682083" w:rsidP="00157212" w:rsidRDefault="00682083" w14:paraId="7AD58D3F" w14:textId="63D8CC5B">
+          <w:p w14:paraId="7AD58D3F" w14:textId="63D8CC5B" w:rsidR="00682083" w:rsidRPr="00682083" w:rsidRDefault="00682083" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTIFICATION DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="009A2FBA" w:rsidTr="53EE9DD5" w14:paraId="1CEF9250" w14:textId="77777777">
+      <w:tr w:rsidR="009A2FBA" w:rsidRPr="00BE15EC" w14:paraId="1CEF9250" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00DD7419" w:rsidDel="0026352D" w:rsidP="00157212" w:rsidRDefault="7A656DDD" w14:paraId="488F3334" w14:textId="0C0CBE16">
+          <w:p w14:paraId="488F3334" w14:textId="0C0CBE16" w:rsidR="00DD7419" w:rsidRPr="00BE15EC" w:rsidDel="0026352D" w:rsidRDefault="7A656DDD" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5C9DC8B4">
+            <w:r w:rsidR="5C9DC8B4" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Notification no. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="009A2FBA" w:rsidP="00157212" w:rsidRDefault="003E3AF3" w14:paraId="4CE58A18" w14:textId="74F05764">
+          <w:p w14:paraId="4CE58A18" w14:textId="74F05764" w:rsidR="009A2FBA" w:rsidRPr="004620D7" w:rsidRDefault="003E3AF3" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number each individual chang</w:t>
             </w:r>
             <w:r w:rsidR="00015DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">e or </w:t>
             </w:r>
             <w:r w:rsidR="0086437D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>event.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00C30CE9" w:rsidTr="53EE9DD5" w14:paraId="6477AA32" w14:textId="77777777">
+      <w:tr w:rsidR="00C30CE9" w:rsidRPr="00BE15EC" w14:paraId="6477AA32" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00C30CE9" w:rsidP="00157212" w:rsidRDefault="5C85B132" w14:paraId="240E5B6F" w14:textId="47674E94">
+          <w:p w14:paraId="240E5B6F" w14:textId="47674E94" w:rsidR="00C30CE9" w:rsidRPr="00BE15EC" w:rsidRDefault="5C85B132" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="16053537">
+            <w:r w:rsidR="16053537" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date form submitted</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="027C388F">
+            <w:r w:rsidR="027C388F" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00C30CE9" w:rsidP="00157212" w:rsidRDefault="00C30CE9" w14:paraId="1F38E360" w14:textId="69B9B831">
+          <w:p w14:paraId="1F38E360" w14:textId="69B9B831" w:rsidR="00C30CE9" w:rsidRPr="00BE15EC" w:rsidRDefault="00C30CE9" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidTr="53EE9DD5" w14:paraId="7ACE884D" w14:textId="77777777">
+      <w:tr w:rsidR="00D95118" w:rsidRPr="00BE15EC" w14:paraId="7ACE884D" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="4C8F99C4" w14:paraId="5DC93593" w14:textId="136C46F5">
+          <w:p w14:paraId="5DC93593" w14:textId="136C46F5" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="4C8F99C4" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1B4D95CC">
+            <w:r w:rsidR="1B4D95CC" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualification code(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="00725904" w14:paraId="0B193A72" w14:textId="2B8856B2">
+          <w:p w14:paraId="0B193A72" w14:textId="2B8856B2" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="00725904" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">e.g. </w:t>
             </w:r>
             <w:r w:rsidR="00015DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -2914,1381 +2874,1363 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00015DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ABN-OP1-ETR</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> include</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00250E8A">
+            <w:r w:rsidR="00250E8A" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> codes for all qualifications the notification applies to</w:t>
             </w:r>
             <w:r w:rsidR="00607AB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2377" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B34E5A" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="69A4E6A3" w14:paraId="61E3EC6C" w14:textId="2FAB16A3">
+          <w:p w14:paraId="61E3EC6C" w14:textId="2FAB16A3" w:rsidR="00D95118" w:rsidRPr="00B34E5A" w:rsidRDefault="69A4E6A3" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="715A8956">
+            <w:r w:rsidR="715A8956" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualification title(s) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="00607AB3" w14:paraId="7FF1D03C" w14:textId="5B7D5D1A">
+          <w:p w14:paraId="7FF1D03C" w14:textId="5B7D5D1A" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="00607AB3" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00CF5414">
+            <w:r w:rsidR="00CF5414" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">nclude titles for </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B03126" w:rsidR="00CF5414">
+            <w:r w:rsidR="00CF5414" w:rsidRPr="00B03126">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00CF5414">
+            <w:r w:rsidR="00CF5414" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> qualifications the notification applies to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidTr="53EE9DD5" w14:paraId="4E74756D" w14:textId="77777777">
+      <w:tr w:rsidR="00D95118" w:rsidRPr="00BE15EC" w14:paraId="4E74756D" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="1E430DBD" w14:paraId="604FF193" w14:textId="14180045">
+          <w:p w14:paraId="604FF193" w14:textId="14180045" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="1E430DBD" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.5 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7A1C4FB0">
+            <w:r w:rsidR="7A1C4FB0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Type of notification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B34E5A" w:rsidP="00157212" w:rsidRDefault="00000000" w14:paraId="1FD98B9A" w14:textId="7102B90F">
+          <w:p w14:paraId="1FD98B9A" w14:textId="7102B90F" w:rsidR="00B34E5A" w:rsidRDefault="00000000" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1526907204"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00B87344">
+                <w:r w:rsidR="00B87344" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00B87344">
+            <w:r w:rsidR="00B87344" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="001429CA">
+            <w:r w:rsidR="001429CA" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Event</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="00000000" w14:paraId="75F37B20" w14:textId="4C8F742A">
+          <w:p w14:paraId="75F37B20" w14:textId="4C8F742A" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1244417527"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00B87344">
+                <w:r w:rsidR="00B87344" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="001429CA">
+            <w:r w:rsidR="001429CA" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Change</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2377" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B34E5A" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="37F62FD9" w14:paraId="18C77BF4" w14:textId="733209F1">
+          <w:p w14:paraId="18C77BF4" w14:textId="733209F1" w:rsidR="00D95118" w:rsidRPr="00B34E5A" w:rsidRDefault="37F62FD9" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.6 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="0D6A1EB0">
+            <w:r w:rsidR="0D6A1EB0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Applies to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D95118" w:rsidP="00157212" w:rsidRDefault="002545DC" w14:paraId="70C2F11E" w14:textId="77777777">
+          <w:p w14:paraId="70C2F11E" w14:textId="77777777" w:rsidR="00D95118" w:rsidRPr="00BE15EC" w:rsidRDefault="002545DC" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please select the GOC requirements this relates to:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="002545DC" w:rsidP="00157212" w:rsidRDefault="00000000" w14:paraId="50867E35" w14:textId="6F4018E7">
+          <w:p w14:paraId="50867E35" w14:textId="6F4018E7" w:rsidR="002545DC" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2025863059"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="001429CA">
+                <w:r w:rsidR="001429CA" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="001429CA">
+            <w:r w:rsidR="001429CA" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00935773">
+            <w:r w:rsidR="00935773" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbooks </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00C3565C">
+            <w:r w:rsidR="00C3565C" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(HB) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00935773">
+            <w:r w:rsidR="00935773" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(pre-2021) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00935773" w:rsidP="00157212" w:rsidRDefault="00000000" w14:paraId="37EB06E6" w14:textId="1CB0B243">
+          <w:p w14:paraId="37EB06E6" w14:textId="1CB0B243" w:rsidR="00935773" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2079653749"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00935773">
+                <w:r w:rsidR="00935773" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00935773">
+            <w:r w:rsidR="00935773" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Education and Training Requirements </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00C3565C">
+            <w:r w:rsidR="00C3565C" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(ETR) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00935773">
+            <w:r w:rsidR="00935773" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(post-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00C3565C">
+            <w:r w:rsidR="00C3565C" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2021) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B87344" w:rsidDel="00176009" w:rsidTr="53EE9DD5" w14:paraId="0E3464C4" w14:textId="7184B74D">
-[...227 lines deleted...]
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidDel="00176009" w:rsidTr="53EE9DD5" w14:paraId="0B459136" w14:textId="0B0AD4AE">
+      <w:tr w:rsidR="00B87344" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w14:paraId="0E3464C4" w14:textId="7184B74D" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidDel="00176009" w:rsidP="00A95384" w:rsidRDefault="10284ACF" w14:paraId="0B0A6423" w14:textId="017356C8">
+          <w:p w14:paraId="696E2B2D" w14:textId="40F3F6D0" w:rsidR="00B87344" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w:rsidRDefault="7A2EE005" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.9 </w:t>
-[...9 lines deleted...]
-              <w:t>Description</w:t>
+              <w:t xml:space="preserve">2.7 </w:t>
+            </w:r>
+            <w:r w:rsidR="1E3EF05A" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Notification relates to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00A95384" w:rsidDel="00176009" w:rsidP="00A95384" w:rsidRDefault="00A95384" w14:paraId="28B03748" w14:textId="5E1C9EF4">
+          <w:p w14:paraId="427B45DF" w14:textId="3BD18FC1" w:rsidR="00387C01" w:rsidRPr="004620D7" w:rsidDel="00176009" w:rsidRDefault="00A95384" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please enter a description of the change or event, include details of how </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009" w:rsidR="006D144C">
+              <w:t xml:space="preserve">e.g. </w:t>
+            </w:r>
+            <w:r w:rsidR="00035A2C" w:rsidRPr="004620D7" w:rsidDel="00176009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">and why </w:t>
+              <w:t>Change in a</w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>the change</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidDel="00176009" w:rsidR="0032295C">
+              <w:t xml:space="preserve">ssessments, </w:t>
+            </w:r>
+            <w:r w:rsidR="00035A2C" w:rsidRPr="004620D7" w:rsidDel="00176009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">event came about. </w:t>
+              <w:t xml:space="preserve">staff sickness, increase in student numbers etc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidTr="53EE9DD5" w14:paraId="1413E946" w14:textId="77777777">
+      <w:tr w:rsidR="00397A3A" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w14:paraId="69F4B09A" w14:textId="56D093E7" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="0074304E" w14:paraId="06E0861C" w14:textId="4429C76F">
+          <w:p w14:paraId="70D99CAE" w14:textId="7DAE6E8D" w:rsidR="00397A3A" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w:rsidRDefault="2C0883FC" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> took place</w:t>
+            <w:r w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.8 </w:t>
+            </w:r>
+            <w:r w:rsidR="35F2CAF8" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Current arrangement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="000A3BCF" w14:paraId="6E858A34" w14:textId="77777777">
+          <w:p w14:paraId="27970007" w14:textId="0F11E0CF" w:rsidR="00397A3A" w:rsidRPr="004620D7" w:rsidDel="00176009" w:rsidRDefault="00033C98" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>If reporting a change, p</w:t>
+            </w:r>
+            <w:r w:rsidR="00397A3A" w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease give a brief description of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">current arrangement. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675CB0BA" w14:textId="3B94CEDC" w:rsidR="00033C98" w:rsidRPr="004620D7" w:rsidDel="00176009" w:rsidRDefault="00033C98" w:rsidP="00157212">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This may not be applicable if reporting an event. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidTr="53EE9DD5" w14:paraId="2E5FA2BB" w14:textId="77777777">
+      <w:tr w:rsidR="00A95384" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w14:paraId="0B459136" w14:textId="0B0AD4AE" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="0CC0C1F9" w14:paraId="5AE8E9FC" w14:textId="53178129">
+          <w:p w14:paraId="0B0A6423" w14:textId="017356C8" w:rsidR="00A95384" w:rsidRPr="00BE15EC" w:rsidDel="00176009" w:rsidRDefault="10284ACF" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-              <w:t>Review date(s)</w:t>
+              <w:t xml:space="preserve">2.9 </w:t>
+            </w:r>
+            <w:r w:rsidR="1E3EF05A" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="000A3BCF" w14:paraId="3465544B" w14:textId="77777777">
+          <w:p w14:paraId="28B03748" w14:textId="5E1C9EF4" w:rsidR="00A95384" w:rsidRPr="004620D7" w:rsidDel="00176009" w:rsidRDefault="00A95384" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please enter a description of the change or event, include details of how </w:t>
+            </w:r>
+            <w:r w:rsidR="006D144C" w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and why </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the change</w:t>
+            </w:r>
+            <w:r w:rsidR="0032295C" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620D7" w:rsidDel="00176009">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">event came about. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidTr="53EE9DD5" w14:paraId="1ABE67B7" w14:textId="77777777">
+      <w:tr w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w14:paraId="1413E946" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="198B38C5" w14:paraId="25F29F7A" w14:textId="47E4D478">
+          <w:p w14:paraId="06E0861C" w14:textId="4429C76F" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="0074304E" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
-[...55 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.10 </w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DEB" w:rsidRPr="001A421F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Date change will commence from</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / the </w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DEB" w:rsidRPr="001A421F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>event</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3B8D39E5">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> temporary or permanent?</w:t>
+            <w:r w:rsidR="009E1DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> took place</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="00000000" w14:paraId="6D1F2930" w14:textId="2A9E6553">
+          <w:p w14:paraId="6E858A34" w14:textId="77777777" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="000A3BCF" w:rsidP="000A3BCF">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w14:paraId="2E5FA2BB" w14:textId="77777777" w:rsidTr="00912CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6974" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE8E9FC" w14:textId="53178129" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="0CC0C1F9" w:rsidP="000A3BCF">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2.11 </w:t>
+            </w:r>
+            <w:r w:rsidR="3B8D39E5" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Review date(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6974" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3465544B" w14:textId="77777777" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="000A3BCF" w:rsidP="000A3BCF">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w14:paraId="1ABE67B7" w14:textId="77777777" w:rsidTr="00912CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6974" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F29F7A" w14:textId="47E4D478" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="198B38C5" w:rsidP="000A3BCF">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.12 </w:t>
+            </w:r>
+            <w:r w:rsidR="3B8D39E5" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is the</w:t>
+            </w:r>
+            <w:r w:rsidR="5172C440" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3B8D39E5" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>change</w:t>
+            </w:r>
+            <w:r w:rsidR="216E0E4D" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="5172C440" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>event</w:t>
+            </w:r>
+            <w:r w:rsidR="3B8D39E5" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> temporary or permanent?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6974" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1F2930" w14:textId="2A9E6553" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-200006906"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="7A27A27A" w:rsidR="595C5A81">
+                <w:r w:rsidR="595C5A81" w:rsidRPr="7A27A27A">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="7A27A27A" w:rsidR="000A3BCF">
+            <w:r w:rsidR="000A3BCF" w:rsidRPr="7A27A27A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Temporary</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="00000000" w14:paraId="0FDEA1F8" w14:textId="77777777">
+          <w:p w14:paraId="0FDEA1F8" w14:textId="77777777" w:rsidR="000A3BCF" w:rsidRDefault="00000000" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-155156307"/>
                 <w:placeholder>
                   <w:docPart w:val="7D3D86E3AA63488BB6C3B88C948FE101"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="000A3BCF">
+                <w:r w:rsidR="000A3BCF" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="000A3BCF">
+            <w:r w:rsidR="000A3BCF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Permanent</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00E51DFA" w:rsidP="000A3BCF" w:rsidRDefault="00000000" w14:paraId="67DCBFFE" w14:textId="38AF14BA">
+          <w:p w14:paraId="67DCBFFE" w14:textId="38AF14BA" w:rsidR="00E51DFA" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-676885129"/>
                 <w:placeholder>
                   <w:docPart w:val="25A0C0362BF8411C9CBC0F576F8B92EE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00E51DFA">
+                <w:r w:rsidR="00E51DFA" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00E51DFA">
+            <w:r w:rsidR="00E51DFA" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E51DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidTr="53EE9DD5" w14:paraId="05DD9D27" w14:textId="77777777">
+      <w:tr w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w14:paraId="05DD9D27" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="5B0B5AA7" w14:paraId="159D954D" w14:textId="7EFD658D">
+          <w:p w14:paraId="159D954D" w14:textId="7EFD658D" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="5B0B5AA7" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.13 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3B8D39E5">
+            <w:r w:rsidR="3B8D39E5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If temporary, when will the change cease?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000A3BCF" w:rsidP="000A3BCF" w:rsidRDefault="000A3BCF" w14:paraId="597558D4" w14:textId="77777777">
+          <w:p w14:paraId="597558D4" w14:textId="77777777" w:rsidR="000A3BCF" w:rsidRPr="00BE15EC" w:rsidRDefault="000A3BCF" w:rsidP="000A3BCF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidTr="53EE9DD5" w14:paraId="40E796E9" w14:textId="77777777">
+      <w:tr w:rsidR="00A95384" w:rsidRPr="00BE15EC" w14:paraId="40E796E9" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidP="00A95384" w:rsidRDefault="3E33B4AB" w14:paraId="21E2965F" w14:textId="4F7B14A2">
+          <w:p w14:paraId="21E2965F" w14:textId="4F7B14A2" w:rsidR="00A95384" w:rsidRPr="00BE15EC" w:rsidRDefault="3E33B4AB" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.14 </w:t>
             </w:r>
-            <w:r w:rsidRPr="53EE9DD5" w:rsidR="34DFDC53">
+            <w:r w:rsidR="34DFDC53" w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list HB requirements and/or ETR </w:t>
             </w:r>
-            <w:r w:rsidRPr="53EE9DD5" w:rsidR="6C5EE816">
+            <w:r w:rsidR="6C5EE816" w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">standards </w:t>
             </w:r>
-            <w:r w:rsidRPr="53EE9DD5" w:rsidR="34DFDC53">
+            <w:r w:rsidR="34DFDC53" w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">that may be affected by this </w:t>
             </w:r>
-            <w:r w:rsidRPr="53EE9DD5" w:rsidR="54BB0F54">
+            <w:r w:rsidR="54BB0F54" w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>change or event</w:t>
             </w:r>
-            <w:r w:rsidRPr="53EE9DD5" w:rsidR="17A1A554">
+            <w:r w:rsidR="17A1A554" w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00A95384" w:rsidP="00A95384" w:rsidRDefault="0095588A" w14:paraId="0CAF6CA4" w14:textId="064225C7">
+          <w:p w14:paraId="0CAF6CA4" w14:textId="064225C7" w:rsidR="00A95384" w:rsidRPr="004620D7" w:rsidRDefault="0095588A" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Please list all relevant standards</w:t>
             </w:r>
             <w:r w:rsidR="009155B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -4310,745 +4252,745 @@
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="009155B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">requirements and indicate which type using HB or </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00B05C8E">
+            <w:r w:rsidR="00B05C8E" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>ETR</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00607AB3">
+            <w:r w:rsidR="00607AB3" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidTr="53EE9DD5" w14:paraId="0F9EC09C" w14:textId="77777777">
+      <w:tr w:rsidR="00A95384" w:rsidRPr="00BE15EC" w14:paraId="0F9EC09C" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidP="00A95384" w:rsidRDefault="78D2A1D3" w14:paraId="0F953F7D" w14:textId="74B65EC4">
+          <w:p w14:paraId="0F953F7D" w14:textId="74B65EC4" w:rsidR="00A95384" w:rsidRPr="00BE15EC" w:rsidRDefault="78D2A1D3" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">2.15 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Please indicate how </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5E553926">
+            <w:r w:rsidR="5E553926" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">you will ensure </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>the above standards or requirements</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5E553926">
+            <w:r w:rsidR="5E553926" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> continue to be sufficiently met</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>as a result of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> this change</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="17A1A554">
+            <w:r w:rsidR="17A1A554" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="382EFE48">
+            <w:r w:rsidR="382EFE48" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>event</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00A95384" w:rsidP="00A95384" w:rsidRDefault="00A95384" w14:paraId="6BB165E4" w14:textId="77777777">
+          <w:p w14:paraId="6BB165E4" w14:textId="77777777" w:rsidR="00A95384" w:rsidRPr="00BE15EC" w:rsidRDefault="00A95384" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00013A26" w:rsidTr="53EE9DD5" w14:paraId="69AFC044" w14:textId="77777777">
+      <w:tr w:rsidR="00013A26" w:rsidRPr="00BE15EC" w14:paraId="69AFC044" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00013A26" w:rsidP="00013A26" w:rsidRDefault="2EC3D3FA" w14:paraId="166FE837" w14:textId="4EE2B70A">
+          <w:p w14:paraId="166FE837" w14:textId="4EE2B70A" w:rsidR="00013A26" w:rsidRPr="00BE15EC" w:rsidRDefault="2EC3D3FA" w:rsidP="00013A26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.16 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="01595E02">
+            <w:r w:rsidR="01595E02" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the change or event impact </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3FA65855">
+            <w:r w:rsidR="3FA65855" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5C3B2111">
+            <w:r w:rsidR="5C3B2111" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>external organisations</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2D39970D">
+            <w:r w:rsidR="2D39970D" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and if so, how is this being managed? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00013A26" w:rsidP="00013A26" w:rsidRDefault="00013A26" w14:paraId="6868F3BF" w14:textId="57572F70">
+          <w:p w14:paraId="6868F3BF" w14:textId="57572F70" w:rsidR="00013A26" w:rsidRPr="00BE15EC" w:rsidRDefault="00013A26" w:rsidP="00013A26">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00013A26" w:rsidP="00A95384" w:rsidRDefault="00934B48" w14:paraId="1D5BE6BE" w14:textId="58BD405A">
+          <w:p w14:paraId="1D5BE6BE" w14:textId="58BD405A" w:rsidR="00013A26" w:rsidRPr="00BE15EC" w:rsidRDefault="00934B48" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>lease describe the</w:t>
             </w:r>
             <w:r w:rsidR="00BE18AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> impact</w:t>
             </w:r>
             <w:r w:rsidR="00164173">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>organisation</w:t>
             </w:r>
             <w:r w:rsidR="003D050E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">s responsibility, whether this has changed, </w:t>
             </w:r>
             <w:r w:rsidR="002C3FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>whe</w:t>
             </w:r>
             <w:r w:rsidR="00A22C35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">n it </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">will be reviewed and whether all organisations </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>are in agreement</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00BE15EC">
+            <w:r w:rsidR="00BE15EC" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>/aware of this notification</w:t>
             </w:r>
             <w:r w:rsidR="001C5353">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003033AD" w:rsidTr="53EE9DD5" w14:paraId="0995CD07" w14:textId="77777777">
+      <w:tr w:rsidR="003033AD" w:rsidRPr="00BE15EC" w14:paraId="0995CD07" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B03126" w:rsidR="003033AD" w:rsidP="00013A26" w:rsidRDefault="00B03126" w14:paraId="7B39A9D4" w14:textId="4095FDED">
+          <w:p w14:paraId="7B39A9D4" w14:textId="4095FDED" w:rsidR="003033AD" w:rsidRPr="00B03126" w:rsidRDefault="00B03126" w:rsidP="00013A26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.17 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00030897" w:rsidR="003033AD">
+            <w:r w:rsidR="003033AD" w:rsidRPr="00030897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F261CB" w:rsidR="003033AD">
+            <w:r w:rsidR="003033AD" w:rsidRPr="00F261CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">upporting </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F261CB" w:rsidR="00FB2127">
+            <w:r w:rsidR="00FB2127" w:rsidRPr="00F261CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Documentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B03126" w:rsidR="00FB2127">
+            <w:r w:rsidR="00FB2127" w:rsidRPr="00B03126">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003033AD" w:rsidP="00A95384" w:rsidRDefault="00FB2127" w14:paraId="6E353096" w14:textId="40EAD388">
+          <w:p w14:paraId="6E353096" w14:textId="40EAD388" w:rsidR="003033AD" w:rsidRDefault="00FB2127" w:rsidP="00A95384">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Please list any supporting documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B87344" w:rsidP="00157212" w:rsidRDefault="00B87344" w14:paraId="7AB8582B" w14:textId="77777777">
+    <w:p w14:paraId="7AB8582B" w14:textId="77777777" w:rsidR="00B87344" w:rsidRDefault="00B87344" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682083" w:rsidP="00157212" w:rsidRDefault="00682083" w14:paraId="4C8DDECC" w14:textId="77777777">
+    <w:p w14:paraId="4C8DDECC" w14:textId="77777777" w:rsidR="00682083" w:rsidRDefault="00682083" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00775135" w:rsidRDefault="00775135" w14:paraId="6AD5CCA4" w14:textId="3207AC91">
+    <w:p w14:paraId="6AD5CCA4" w14:textId="3207AC91" w:rsidR="00775135" w:rsidRDefault="00775135">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00015DC8" w:rsidR="00BE68AC" w:rsidP="00015DC8" w:rsidRDefault="00BE68AC" w14:paraId="717FA3E0" w14:textId="7E2A0162">
+    <w:p w14:paraId="717FA3E0" w14:textId="7E2A0162" w:rsidR="00BE68AC" w:rsidRPr="00015DC8" w:rsidRDefault="00BE68AC" w:rsidP="00015DC8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004620D7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section three</w:t>
       </w:r>
       <w:r w:rsidRPr="0032797F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00015DC8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– GOC triage (internal use only)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE68AC" w:rsidP="00157212" w:rsidRDefault="00BE68AC" w14:paraId="58C32757" w14:textId="77777777">
+    <w:p w14:paraId="58C32757" w14:textId="77777777" w:rsidR="00BE68AC" w:rsidRDefault="00BE68AC" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00353B3B" w:rsidP="00353B3B" w:rsidRDefault="00353B3B" w14:paraId="3AE2B093" w14:textId="65FF96EA">
+    <w:p w14:paraId="3AE2B093" w14:textId="65FF96EA" w:rsidR="00353B3B" w:rsidRPr="00BE15EC" w:rsidRDefault="00353B3B" w:rsidP="00353B3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please complete the following table for each change</w:t>
       </w:r>
       <w:r w:rsidR="00577EEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or event </w:t>
       </w:r>
       <w:r w:rsidR="00303169">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">received. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="00303169">
+      <w:r w:rsidR="00303169" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If more </w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>than one chang</w:t>
       </w:r>
       <w:r w:rsidR="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e or event</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C4B57" w:rsidR="00303169">
+      <w:r w:rsidR="00303169" w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>has been reported,</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> please duplicate the table by copying and pasting below</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5065,1196 +5007,1203 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">event </w:t>
       </w:r>
       <w:r w:rsidR="00303169">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>has the corresponding notification number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00353B3B" w:rsidP="00157212" w:rsidRDefault="00353B3B" w14:paraId="02036BD1" w14:textId="77777777">
+    <w:p w14:paraId="02036BD1" w14:textId="77777777" w:rsidR="00353B3B" w:rsidRDefault="00353B3B" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="713"/>
         <w:gridCol w:w="2774"/>
         <w:gridCol w:w="3487"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00682083" w:rsidTr="7A27A27A" w14:paraId="1BA4CB5A" w14:textId="77777777">
+      <w:tr w:rsidR="00682083" w:rsidRPr="00BE15EC" w14:paraId="1BA4CB5A" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00682083" w:rsidP="00157212" w:rsidRDefault="00682083" w14:paraId="1A968624" w14:textId="7BC4A402">
+          <w:p w14:paraId="1A968624" w14:textId="7BC4A402" w:rsidR="00682083" w:rsidRPr="004620D7" w:rsidRDefault="00682083" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTIFICATION DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B956DC" w:rsidTr="7A27A27A" w14:paraId="74B96D77" w14:textId="77777777">
+      <w:tr w:rsidR="00B956DC" w:rsidRPr="00BE15EC" w14:paraId="74B96D77" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B956DC" w:rsidP="00157212" w:rsidRDefault="6D2D5D20" w14:paraId="526942A8" w14:textId="372FBDD7">
+          <w:p w14:paraId="526942A8" w14:textId="372FBDD7" w:rsidR="00B956DC" w:rsidRPr="00BE15EC" w:rsidRDefault="6D2D5D20" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="43315CCF">
+            <w:r w:rsidR="43315CCF" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Notification no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10461" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00B956DC" w:rsidP="00157212" w:rsidRDefault="001022C8" w14:paraId="23A464BD" w14:textId="415374D6">
+          <w:p w14:paraId="23A464BD" w14:textId="415374D6" w:rsidR="00B956DC" w:rsidRPr="004620D7" w:rsidRDefault="001022C8" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enter corresponding notification number as listed by the provider in section two.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B3449C" w:rsidTr="7A27A27A" w14:paraId="192D28D6" w14:textId="77777777">
+      <w:tr w:rsidR="00B3449C" w:rsidRPr="00BE15EC" w14:paraId="192D28D6" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B3449C" w:rsidP="00157212" w:rsidRDefault="4D0AD992" w14:paraId="3406FC60" w14:textId="54E83D5A">
+          <w:p w14:paraId="3406FC60" w14:textId="54E83D5A" w:rsidR="00B3449C" w:rsidRPr="00BE15EC" w:rsidRDefault="4D0AD992" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="56A19112">
+            <w:r w:rsidR="56A19112" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date notification was received by the Education Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B3449C" w:rsidP="00157212" w:rsidRDefault="00B3449C" w14:paraId="0B0CB4A3" w14:textId="77777777">
+          <w:p w14:paraId="0B0CB4A3" w14:textId="77777777" w:rsidR="00B3449C" w:rsidRPr="00BE15EC" w:rsidRDefault="00B3449C" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B3449C" w:rsidP="00157212" w:rsidRDefault="6D334E86" w14:paraId="017A88D1" w14:textId="7C3D3EEC">
+          <w:p w14:paraId="017A88D1" w14:textId="7C3D3EEC" w:rsidR="00B3449C" w:rsidRPr="00BE15EC" w:rsidRDefault="6D334E86" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="56A19112">
+            <w:r w:rsidR="56A19112" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Notification reference number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00B3449C" w:rsidP="00157212" w:rsidRDefault="00AE40ED" w14:paraId="54DF64DC" w14:textId="6911720A">
+          <w:p w14:paraId="54DF64DC" w14:textId="6911720A" w:rsidR="00B3449C" w:rsidRPr="004620D7" w:rsidRDefault="00AE40ED" w:rsidP="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">As </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="006F4B02">
+            <w:r w:rsidR="006F4B02" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>generated from the AQA spreadsheet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidTr="7A27A27A" w14:paraId="28FF8945" w14:textId="4A91EB71">
+      <w:tr w:rsidR="00724667" w:rsidRPr="00BE15EC" w14:paraId="28FF8945" w14:textId="4A91EB71" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00F66D1B" w:rsidRDefault="02FFC9B2" w14:paraId="08A96106" w14:textId="60459E98">
+          <w:p w14:paraId="08A96106" w14:textId="60459E98" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="02FFC9B2" w:rsidP="00F66D1B">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="618D7098">
+            <w:r w:rsidR="618D7098" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Route change</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="3773BE90">
+            <w:r w:rsidR="3773BE90" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or event</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="618D7098">
+            <w:r w:rsidR="618D7098" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> was raised</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00F66D1B" w:rsidRDefault="00000000" w14:paraId="7AA8644B" w14:textId="77777777">
+          <w:p w14:paraId="7AA8644B" w14:textId="77777777" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00F66D1B">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1854688221"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Notification submitted by provider</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00F66D1B" w:rsidRDefault="00000000" w14:paraId="291C8EC1" w14:textId="2591EB56">
+          <w:p w14:paraId="291C8EC1" w14:textId="2591EB56" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00F66D1B">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="334342896"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quality assurance</w:t>
             </w:r>
             <w:r w:rsidR="00261127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00297463">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>quality assurance and enhancement activity (please specify)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00F66D1B" w:rsidRDefault="00000000" w14:paraId="4AE40779" w14:textId="13541374">
+          <w:p w14:paraId="4AE40779" w14:textId="13541374" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00F66D1B">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="969171197"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider AMR submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00724667" w:rsidRDefault="00000000" w14:paraId="2C0A44CC" w14:textId="77777777">
+          <w:p w14:paraId="2C0A44CC" w14:textId="77777777" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00724667">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-1278325500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Whistleblowing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="00724667" w:rsidRDefault="00000000" w14:paraId="20FE1F93" w14:textId="77777777">
+          <w:p w14:paraId="20FE1F93" w14:textId="77777777" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00724667">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-430202901"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Complaint</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00724667" w:rsidP="004620D7" w:rsidRDefault="00000000" w14:paraId="5B0223D8" w14:textId="5FA35260">
+          <w:p w14:paraId="5B0223D8" w14:textId="5FA35260" w:rsidR="00724667" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1652327030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+                <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00724667">
+            <w:r w:rsidR="00724667" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other (please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidTr="7A27A27A" w14:paraId="154FE36E" w14:textId="77777777">
+      <w:tr w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w14:paraId="154FE36E" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="101FDAA6" w14:paraId="6E41ED83" w14:textId="3A28808C">
+          <w:p w14:paraId="6E41ED83" w14:textId="3A28808C" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="101FDAA6" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">3.5 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="49D8C7CC">
+            <w:r w:rsidR="49D8C7CC" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualification approval status </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="03C3BF91" w14:textId="77777777">
+          <w:p w14:paraId="03C3BF91" w14:textId="77777777" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="639301456"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+                <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+            <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved qualification</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="0798D49A" w14:textId="77777777">
+          <w:p w14:paraId="0798D49A" w14:textId="77777777" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1103000557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+                <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+            <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provisionally approved qualification</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="53A44419" w14:textId="77777777">
+          <w:p w14:paraId="53A44419" w14:textId="77777777" w:rsidR="00AC3877" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1925759771"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="12056E49">
+                <w:r w:rsidR="12056E49" w:rsidRPr="14D12A7B">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="12056E49">
+            <w:r w:rsidR="12056E49" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="55D5EE5F">
+            <w:r w:rsidR="55D5EE5F" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adapted qualification</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007654D2" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="0B25331B" w14:textId="77777777">
+          <w:p w14:paraId="0B25331B" w14:textId="77777777" w:rsidR="007654D2" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="636918564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="007654D2">
+                <w:r w:rsidR="007654D2" w:rsidRPr="14D12A7B">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007654D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Undergoing adaptation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="007654D2" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="7241A56F" w14:textId="05CE994D">
+          <w:p w14:paraId="7241A56F" w14:textId="05CE994D" w:rsidR="007654D2" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1137845871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="007654D2">
+                <w:r w:rsidR="007654D2" w:rsidRPr="14D12A7B">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007654D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Undergoing application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="06FAF361" w14:paraId="5B74946D" w14:textId="3E0A00E4">
+          <w:p w14:paraId="5B74946D" w14:textId="3E0A00E4" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="06FAF361" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">3.6 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="45C6913F">
+            <w:r w:rsidR="45C6913F" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualification under </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="554FCB2A">
+            <w:r w:rsidR="554FCB2A" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">risk-based or </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="45C6913F">
+            <w:r w:rsidR="45C6913F" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>serious concerns review</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="554FCB2A">
+            <w:r w:rsidR="554FCB2A" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if yes, please specify)</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="45C6913F">
+            <w:r w:rsidR="45C6913F" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="7FF114ED" w14:textId="77777777">
+          <w:p w14:paraId="7FF114ED" w14:textId="77777777" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1867560029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+                <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+            <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="00000000" w14:paraId="226EF23D" w14:textId="5EBCC36E">
+          <w:p w14:paraId="226EF23D" w14:textId="5EBCC36E" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1601258241"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+                <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00AC3877">
+            <w:r w:rsidR="00AC3877" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidTr="7A27A27A" w14:paraId="3657CBB6" w14:textId="77777777">
+      <w:tr w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w14:paraId="3657CBB6" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AC3877" w:rsidP="004620D7" w:rsidRDefault="197CAEF0" w14:paraId="34D4C190" w14:textId="55B3C87A">
+          <w:p w14:paraId="34D4C190" w14:textId="55B3C87A" w:rsidR="00AC3877" w:rsidRPr="00BE15EC" w:rsidRDefault="197CAEF0" w:rsidP="004620D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.7 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="748FAFEB">
+            <w:r w:rsidR="748FAFEB" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="31672436">
+            <w:r w:rsidR="31672436" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">nternal </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="79A5CF44">
+            <w:r w:rsidR="79A5CF44" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>actions</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="49D8C7CC">
+            <w:r w:rsidR="49D8C7CC" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, questions, or concerns </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1227D0D8">
+            <w:r w:rsidR="1227D0D8" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10461" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006B36EF" w:rsidR="00AC3877" w:rsidP="00AC3877" w:rsidRDefault="12056E49" w14:paraId="18956531" w14:textId="6BD017D2">
+          <w:p w14:paraId="18956531" w14:textId="6BD017D2" w:rsidR="00AC3877" w:rsidRPr="006B36EF" w:rsidRDefault="12056E49" w:rsidP="00AC3877">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list any </w:t>
             </w:r>
             <w:r w:rsidR="00462ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -6275,309 +6224,313 @@
             </w:r>
             <w:r w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, questions or concerns here</w:t>
             </w:r>
             <w:r w:rsidR="003C12DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., does this need to be passed on to another staff member or team?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="7A27A27A" w:rsidP="00CA38F8" w:rsidRDefault="7A27A27A" w14:paraId="2ADD7896" w14:textId="33A148AD">
+    <w:p w14:paraId="2ADD7896" w14:textId="33A148AD" w:rsidR="7A27A27A" w:rsidRDefault="7A27A27A" w:rsidP="00CA38F8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2190"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3451"/>
+        <w:gridCol w:w="1877"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="22"/>
+        <w:gridCol w:w="2608"/>
+        <w:gridCol w:w="2823"/>
+        <w:gridCol w:w="438"/>
+        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="3147"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00F76BC6" w:rsidTr="53EE9DD5" w14:paraId="060E4D49" w14:textId="77777777">
+      <w:tr w:rsidR="00F76BC6" w:rsidRPr="00BE15EC" w14:paraId="060E4D49" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00F76BC6" w:rsidRDefault="00F76BC6" w14:paraId="655842FA" w14:textId="782EE4AF">
+          <w:p w14:paraId="655842FA" w14:textId="782EE4AF" w:rsidR="00F76BC6" w:rsidRPr="00BE15EC" w:rsidRDefault="00F76BC6">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="53EE9DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRIAGE AND RECOMMENDATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidTr="53EE9DD5" w14:paraId="0782B000" w14:textId="77777777">
+      <w:tr w:rsidR="009559D8" w:rsidRPr="00BE15EC" w14:paraId="0782B000" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidP="009559D8" w:rsidRDefault="737D45EA" w14:paraId="6DB7A28A" w14:textId="3351C127">
+          <w:p w14:paraId="6DB7A28A" w14:textId="3351C127" w:rsidR="009559D8" w:rsidRPr="00BE15EC" w:rsidRDefault="737D45EA" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.8 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="26855C11">
+            <w:r w:rsidR="26855C11" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Risk of current arrangement</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="26855C11">
+            <w:r w:rsidR="26855C11" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00154449" w:rsidP="006D77F3" w:rsidRDefault="00E35597" w14:paraId="38E36ABD" w14:textId="208608C2">
+          <w:p w14:paraId="38E36ABD" w14:textId="208608C2" w:rsidR="00154449" w:rsidRPr="004620D7" w:rsidRDefault="00E35597" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(high/med/low and why – reference GOC requirements/standards where possible)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidTr="53EE9DD5" w14:paraId="6ACB1893" w14:textId="77777777">
+      <w:tr w:rsidR="009559D8" w:rsidRPr="00BE15EC" w14:paraId="6ACB1893" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidP="009559D8" w:rsidRDefault="2F1F1627" w14:paraId="73D38088" w14:textId="3C01BC9B">
+          <w:p w14:paraId="73D38088" w14:textId="3C01BC9B" w:rsidR="009559D8" w:rsidRPr="00BE15EC" w:rsidRDefault="2F1F1627" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.9 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="26855C11">
+            <w:r w:rsidR="26855C11" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Risk of proposed change</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7417FE49">
+            <w:r w:rsidR="7417FE49" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="47D34F34">
+            <w:r w:rsidR="47D34F34" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>event</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidP="009559D8" w:rsidRDefault="009559D8" w14:paraId="05445531" w14:textId="6D8B04EA">
+          <w:p w14:paraId="05445531" w14:textId="6D8B04EA" w:rsidR="009559D8" w:rsidRPr="00BE15EC" w:rsidRDefault="009559D8" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="009559D8" w:rsidP="006D77F3" w:rsidRDefault="00E35597" w14:paraId="2984E828" w14:textId="09488118">
+          <w:p w14:paraId="2984E828" w14:textId="09488118" w:rsidR="009559D8" w:rsidRPr="004620D7" w:rsidRDefault="00E35597" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(high/med/low and why – reference GOC requirements/standards where possible)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00FA5263" w:rsidTr="53EE9DD5" w14:paraId="0F28DA25" w14:textId="77777777">
+      <w:tr w:rsidR="00FA5263" w:rsidRPr="00BE15EC" w14:paraId="0F28DA25" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="6397142D" w:rsidR="00FA5263" w:rsidP="00FA5263" w:rsidRDefault="00FA5263" w14:paraId="61259917" w14:textId="3897E767">
+          <w:p w14:paraId="61259917" w14:textId="3897E767" w:rsidR="00FA5263" w:rsidRPr="6397142D" w:rsidRDefault="00FA5263" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.10 </w:t>
             </w:r>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6589,1941 +6542,2348 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>any additional HB</w:t>
             </w:r>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> requirements and/or ETR standards that may be affected by this change or event </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00FA5263" w:rsidP="006D77F3" w:rsidRDefault="007C0B3F" w14:paraId="7A6EFE90" w14:textId="3275B3B1">
+          <w:p w14:paraId="7A6EFE90" w14:textId="3275B3B1" w:rsidR="00FA5263" w:rsidRPr="004620D7" w:rsidRDefault="007C0B3F" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Are there are additional requirements and/or standards that could be affected by this change or event, not already raised by the provider in </w:t>
             </w:r>
             <w:r w:rsidR="00CD7607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.14?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="007A59B3" w:rsidTr="53EE9DD5" w14:paraId="499EDE89" w14:textId="77777777">
+      <w:tr w:rsidR="007A59B3" w:rsidRPr="00BE15EC" w14:paraId="499EDE89" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="007A59B3" w:rsidP="009559D8" w:rsidRDefault="64ADD21C" w14:paraId="44122E22" w14:textId="2467B96A">
+          <w:p w14:paraId="44122E22" w14:textId="69118E5C" w:rsidR="007A59B3" w:rsidRPr="00BE15EC" w:rsidRDefault="08D7728A" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FF3037E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
+            <w:r w:rsidR="08DDA4EC" w:rsidRPr="7FF3037E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="7FF3037E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="224C56CE">
-[...7 lines deleted...]
-              <w:t>Overall commentary</w:t>
+            <w:r w:rsidR="3EBE8268" w:rsidRPr="7FF3037E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rationale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="007A59B3" w:rsidP="006D77F3" w:rsidRDefault="007A59B3" w14:paraId="0880A0A0" w14:textId="6A979BFF">
+          <w:p w14:paraId="0880A0A0" w14:textId="6A979BFF" w:rsidR="007A59B3" w:rsidRPr="004620D7" w:rsidRDefault="007A59B3" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00576243">
+            <w:r w:rsidR="00576243" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>documentation and commentary given by the PRV give adequate assurance that standards / requirements will continue to be met?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidTr="53EE9DD5" w14:paraId="68C1401B" w14:textId="77777777">
+      <w:tr w:rsidR="009559D8" w:rsidRPr="00BE15EC" w14:paraId="68C1401B" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="009559D8" w:rsidP="009559D8" w:rsidRDefault="7ABF36FB" w14:paraId="0C7ABBA3" w14:textId="3A40DD57">
+          <w:p w14:paraId="0C7ABBA3" w14:textId="3A40DD57" w:rsidR="009559D8" w:rsidRPr="00BE15EC" w:rsidRDefault="7ABF36FB" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
             <w:r w:rsidR="00CD7607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="26855C11">
+            <w:r w:rsidR="26855C11" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recommendation of initial action</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="009559D8" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="2516C712" w14:textId="27A61096">
+          <w:p w14:paraId="2516C712" w14:textId="27A61096" w:rsidR="009559D8" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-1697456906"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="002E7300">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidR="002A7ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no further </w:t>
             </w:r>
             <w:r w:rsidR="00BC293E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00BC293E" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="06457887" w14:textId="1CAB7F22">
+          <w:p w14:paraId="06457887" w14:textId="1CAB7F22" w:rsidR="00BC293E" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="323245372"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BC293E" w:rsidR="00BC293E">
+                <w:r w:rsidR="00BC293E" w:rsidRPr="00BC293E">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BC293E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved – no further action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0032797F" w:rsidR="00D43C8D" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="751278E1" w14:textId="501B2234">
+          <w:p w14:paraId="751278E1" w14:textId="501B2234" w:rsidR="00D43C8D" w:rsidRPr="0032797F" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="135457321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="632B5394">
+                <w:r w:rsidR="632B5394" w:rsidRPr="14D12A7B">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="632B5394">
+            <w:r w:rsidR="632B5394" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C90ABA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="004845F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>esk-based information review</w:t>
             </w:r>
             <w:r w:rsidR="00C90ABA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0032797F" w:rsidR="00C90ABA">
+            <w:r w:rsidR="00C90ABA" w:rsidRPr="0032797F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">(this may include a desk-based review conducted by a member or members of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="0032797F" w:rsidR="3414CF99">
+            <w:r w:rsidR="3414CF99" w:rsidRPr="0032797F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="0032797F" w:rsidR="6C77C85C">
+            <w:r w:rsidR="6C77C85C" w:rsidRPr="0032797F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>ducation Visitor Panel</w:t>
             </w:r>
-            <w:r w:rsidRPr="0032797F" w:rsidR="00C90ABA">
+            <w:r w:rsidR="00C90ABA" w:rsidRPr="0032797F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D43C8D" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="77B6D284" w14:textId="62D74BA5">
+          <w:p w14:paraId="77B6D284" w14:textId="62D74BA5" w:rsidR="00D43C8D" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1946580279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="002E7300">
+                <w:r w:rsidR="002E7300" w:rsidRPr="002E7300">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Request further info</w:t>
             </w:r>
             <w:r w:rsidR="001F3032">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>rmation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00200661" w:rsidR="00200661" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="26F9D4BB" w14:textId="47D25FC9">
+          <w:p w14:paraId="26F9D4BB" w14:textId="47D25FC9" w:rsidR="00200661" w:rsidRPr="00200661" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-2096849221"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="3CD4C50B">
+                <w:r w:rsidR="3CD4C50B" w:rsidRPr="14D12A7B">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="3CD4C50B">
+            <w:r w:rsidR="3CD4C50B" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> H</w:t>
             </w:r>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="3CD4C50B">
+            <w:r w:rsidR="3CD4C50B" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>old a telephone conference or meeting with provider</w:t>
             </w:r>
             <w:r w:rsidR="009663FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or awarding organisation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D43C8D" w:rsidP="006D77F3" w:rsidRDefault="00000000" w14:paraId="5B7D15FC" w14:textId="25602A9E">
+          <w:p w14:paraId="5B7D15FC" w14:textId="25602A9E" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00000000" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-909460866"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="002E7300">
+                <w:r w:rsidR="002E7300" w:rsidRPr="002E7300">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Trigger </w:t>
             </w:r>
             <w:r w:rsidR="004E5598">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">additional </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r w:rsidR="00941C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">uality </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00941C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>ssurance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00D43C8D">
+            <w:r w:rsidR="00D43C8D" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> activity</w:t>
             </w:r>
             <w:r w:rsidR="00941C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00941C3B">
+            <w:r w:rsidR="00941C3B" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="000C2D50">
+            <w:r w:rsidR="000C2D50" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">please state </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00152F10">
+            <w:r w:rsidR="00152F10" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>which activity</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="000C2D50">
+            <w:r w:rsidR="000C2D50" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="002A7ACD" w:rsidTr="53EE9DD5" w14:paraId="2F92103F" w14:textId="77777777">
+      <w:tr w:rsidR="00C603FD" w14:paraId="2854F734" w14:textId="0BC5CE6E" w:rsidTr="7FF3037E">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FE0703" w14:textId="138CF3D4" w:rsidR="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="5DFD08D0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5DFD08D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.13 R</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="5DFD08D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ecommendation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="5DFD08D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for updated codes (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="935" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="308E0190" w14:textId="58B8B63C" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF537A5" w14:textId="78F6B5ED" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Current codes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8D0C68" w14:textId="29C3329E" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Recommendation for updated codes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C603FD" w14:paraId="20476B8C" w14:textId="77777777" w:rsidTr="7FF3037E">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C19666F" w14:textId="77777777" w:rsidR="00C603FD" w:rsidRPr="5DFD08D0" w:rsidRDefault="00C603FD" w:rsidP="5DFD08D0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="935" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="057B9974" w14:textId="7A1D5672" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Provider code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="552ACC92" w14:textId="77777777" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>PRV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g., ABC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F860ECE" w14:textId="77777777" w:rsidR="00C603FD" w:rsidRPr="5DFD08D0" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BAA48B" w14:textId="7D88432D" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRV </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>(e.g., ABD)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C603FD" w14:paraId="013DDE57" w14:textId="77777777" w:rsidTr="7FF3037E">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B84A0" w14:textId="77777777" w:rsidR="00C603FD" w:rsidRPr="5DFD08D0" w:rsidRDefault="00C603FD" w:rsidP="5DFD08D0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="935" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBBB17B" w14:textId="5670CE5F" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Qualification code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4794C733" w14:textId="1D7C96E3" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>PRV-QUL /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>PRV-QUL#-ETR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AAD1C2" w14:textId="70DED6B2" w:rsidR="00C603FD" w:rsidRPr="00C603FD" w:rsidRDefault="00C603FD" w:rsidP="00C603FD">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C603FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>PRV-QUL / PRV-QUL#-ETR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C603FD" w:rsidRPr="00BE15EC" w14:paraId="2F92103F" w14:textId="2F4A0EB9" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="002A7ACD" w:rsidP="009559D8" w:rsidRDefault="4E1BACA8" w14:paraId="052AC322" w14:textId="4FE5163D">
+          <w:p w14:paraId="052AC322" w14:textId="4A679CE9" w:rsidR="00C603FD" w:rsidRPr="00BE15EC" w:rsidRDefault="00C603FD" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
-              <w:rPr>
-[...45 lines deleted...]
-              <w:t>Suggested response to provider</w:t>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.14 Suggested response to provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
+            <w:tcW w:w="1947" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="548C908B" w14:textId="1C18308F" w:rsidR="00C603FD" w:rsidRPr="004620D7" w:rsidRDefault="00C603FD" w:rsidP="006D77F3">
+            <w:pPr>
+              <w:spacing w:line="22" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004620D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Draft text for Manager to review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="002A7ACD" w:rsidP="006D77F3" w:rsidRDefault="00D612A6" w14:paraId="548C908B" w14:textId="1C18308F">
+          <w:p w14:paraId="47238DEC" w14:textId="77777777" w:rsidR="00C603FD" w:rsidRPr="004620D7" w:rsidRDefault="00C603FD" w:rsidP="006D77F3">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004620D7">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="005F62E2" w:rsidTr="53EE9DD5" w14:paraId="579A214D" w14:textId="77777777">
+      <w:tr w:rsidR="005F62E2" w:rsidRPr="00BE15EC" w14:paraId="579A214D" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="005F62E2" w:rsidP="0032797F" w:rsidRDefault="34476386" w14:paraId="748251D9" w14:textId="05F66924">
+          <w:p w14:paraId="748251D9" w14:textId="44AAE6F5" w:rsidR="005F62E2" w:rsidRDefault="34476386" w:rsidP="000503AD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="1B660B5E" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2358EB47">
+            <w:r w:rsidR="2358EB47" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Suggested deadline for receipt of further action or information (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="005F62E2" w:rsidP="0032797F" w:rsidRDefault="005F62E2" w14:paraId="468AD855" w14:textId="23F03292">
+          <w:p w14:paraId="468AD855" w14:textId="23F03292" w:rsidR="005F62E2" w:rsidRPr="004620D7" w:rsidRDefault="005F62E2" w:rsidP="0032797F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>If applicable, consider a deadline for when the further action or information should be completed/received.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00152F10" w:rsidTr="53EE9DD5" w14:paraId="36250033" w14:textId="77777777">
+      <w:tr w:rsidR="00152F10" w:rsidRPr="00BE15EC" w14:paraId="36250033" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00152F10" w:rsidP="004620D7" w:rsidRDefault="72BED1B6" w14:paraId="67B82EDF" w14:textId="1B54B8D3">
+          <w:p w14:paraId="67B82EDF" w14:textId="5E1BC0A9" w:rsidR="00152F10" w:rsidRPr="00BE15EC" w:rsidRDefault="72BED1B6" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="75ADFFB5" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="160E7293">
+            <w:r w:rsidR="160E7293" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Triaged by </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7059C01E">
+            <w:r w:rsidR="7059C01E" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="pct"/>
+            <w:tcW w:w="880" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00152F10" w:rsidP="007C17E2" w:rsidRDefault="00152F10" w14:paraId="58C54AA9" w14:textId="4D60DC61">
+          <w:p w14:paraId="58C54AA9" w14:textId="4D60DC61" w:rsidR="00152F10" w:rsidRPr="00BE15EC" w:rsidRDefault="00152F10" w:rsidP="007C17E2">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1796" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2319" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="008229BA" w:rsidP="007C17E2" w:rsidRDefault="182CC98D" w14:paraId="01B32A4C" w14:textId="0DA4B2DC">
+          <w:p w14:paraId="01B32A4C" w14:textId="0ADA69B2" w:rsidR="008229BA" w:rsidRPr="00BE15EC" w:rsidRDefault="182CC98D" w:rsidP="007C17E2">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="6ACD7F60" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="160E7293">
+            <w:r w:rsidR="160E7293" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of triage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1237" w:type="pct"/>
+            <w:tcW w:w="1128" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D612A6" w:rsidR="00152F10" w:rsidP="004620D7" w:rsidRDefault="008229BA" w14:paraId="23CE2317" w14:textId="64ED4FDF">
+          <w:p w14:paraId="23CE2317" w14:textId="64ED4FDF" w:rsidR="00152F10" w:rsidRPr="00D612A6" w:rsidRDefault="008229BA" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00D612A6">
+            <w:r w:rsidR="00D612A6" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00D612A6">
+            <w:r w:rsidR="00D612A6" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MM</w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00D612A6">
+            <w:r w:rsidR="00D612A6" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000571CD" w:rsidTr="53EE9DD5" w14:paraId="0FEFDB6B" w14:textId="77777777">
+      <w:tr w:rsidR="000571CD" w:rsidRPr="00BE15EC" w14:paraId="0FEFDB6B" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000571CD" w:rsidP="004620D7" w:rsidRDefault="11A2E070" w14:paraId="4D4691F2" w14:textId="2FF8FDA7">
+          <w:p w14:paraId="4D4691F2" w14:textId="0C46012E" w:rsidR="000571CD" w:rsidRPr="00BE15EC" w:rsidRDefault="11A2E070" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="0A4C3057" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2C4EFC3A">
+            <w:r w:rsidR="2C4EFC3A" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date sent to Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="pct"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4327" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000571CD" w:rsidP="007C17E2" w:rsidRDefault="000571CD" w14:paraId="29590273" w14:textId="4E4CB2C1">
+          <w:p w14:paraId="29590273" w14:textId="4E4CB2C1" w:rsidR="000571CD" w:rsidRPr="00BE15EC" w:rsidRDefault="000571CD" w:rsidP="007C17E2">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004620D7" w:rsidR="000571CD" w:rsidP="000571CD" w:rsidRDefault="000571CD" w14:paraId="677F0BAD" w14:textId="4329E26D">
+          <w:p w14:paraId="677F0BAD" w14:textId="4329E26D" w:rsidR="000571CD" w:rsidRPr="004620D7" w:rsidRDefault="000571CD" w:rsidP="000571CD">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidTr="53EE9DD5" w14:paraId="4169AC14" w14:textId="77777777">
+      <w:tr w:rsidR="00326978" w:rsidRPr="00BE15EC" w14:paraId="4169AC14" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidP="00326978" w:rsidRDefault="00326978" w14:paraId="10F92769" w14:textId="38E049F6">
+          <w:p w14:paraId="10F92769" w14:textId="38E049F6" w:rsidR="00326978" w:rsidRPr="00BE15EC" w:rsidRDefault="00326978" w:rsidP="00326978">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>MANAGER TRIAGE AND RECOMMENDATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="009B211C" w:rsidTr="53EE9DD5" w14:paraId="038B77F4" w14:textId="77777777">
+      <w:tr w:rsidR="009B211C" w:rsidRPr="00BE15EC" w14:paraId="038B77F4" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1967" w:type="pct"/>
+            <w:tcW w:w="1553" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="009B211C" w:rsidP="009B211C" w:rsidRDefault="22C92568" w14:paraId="0DFB594E" w14:textId="7E27B0DA">
+          <w:p w14:paraId="0DFB594E" w14:textId="40C54B5B" w:rsidR="009B211C" w:rsidRPr="00BE15EC" w:rsidRDefault="22C92568" w:rsidP="009B211C">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="6E2178EB" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="46F6CA40">
+            <w:r w:rsidR="46F6CA40" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manager Comments and Recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3033" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3447" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="009B211C" w:rsidP="009B211C" w:rsidRDefault="000571CD" w14:paraId="7E9DB73C" w14:textId="1599B9A1">
+          <w:p w14:paraId="7E9DB73C" w14:textId="1599B9A1" w:rsidR="009B211C" w:rsidRPr="004620D7" w:rsidRDefault="000571CD" w:rsidP="009B211C">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager to review </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00F55F40">
+            <w:r w:rsidR="00F55F40" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">admin/officer triage and make </w:t>
             </w:r>
             <w:r w:rsidR="00AB1A9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>recommendation and give rationale.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00D612A6" w:rsidTr="53EE9DD5" w14:paraId="59889FA7" w14:textId="77777777">
+      <w:tr w:rsidR="00D612A6" w:rsidRPr="00BE15EC" w14:paraId="59889FA7" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D612A6" w:rsidP="00D612A6" w:rsidRDefault="2D2AAC65" w14:paraId="03313896" w14:textId="5EA3DA46">
+          <w:p w14:paraId="03313896" w14:textId="58651D93" w:rsidR="00D612A6" w:rsidRPr="00BE15EC" w:rsidRDefault="2D2AAC65" w:rsidP="00D612A6">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="375AD281" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7059C01E">
+            <w:r w:rsidR="7059C01E" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager review by </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7059C01E">
+            <w:r w:rsidR="7059C01E" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="pct"/>
+            <w:tcW w:w="880" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D612A6" w:rsidP="00D612A6" w:rsidRDefault="00D612A6" w14:paraId="1885888F" w14:textId="12A2CB0D">
+          <w:p w14:paraId="1885888F" w14:textId="12A2CB0D" w:rsidR="00D612A6" w:rsidRPr="00BE15EC" w:rsidRDefault="00D612A6" w:rsidP="00D612A6">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1796" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2319" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D612A6" w:rsidP="00D612A6" w:rsidRDefault="4DF32993" w14:paraId="165BA655" w14:textId="3C743FFF">
+          <w:p w14:paraId="165BA655" w14:textId="733721E7" w:rsidR="00D612A6" w:rsidRPr="00BE15EC" w:rsidRDefault="4DF32993" w:rsidP="00D612A6">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="00CD7607" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="3FA2D032" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7059C01E">
+            <w:r w:rsidR="7059C01E" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manager review date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1237" w:type="pct"/>
+            <w:tcW w:w="1128" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00D612A6" w:rsidP="004620D7" w:rsidRDefault="00D612A6" w14:paraId="55D4A346" w14:textId="0A545C36">
+          <w:p w14:paraId="55D4A346" w14:textId="0A545C36" w:rsidR="00D612A6" w:rsidRPr="00BE15EC" w:rsidRDefault="00D612A6" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB2A01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00AD444E" w:rsidTr="53EE9DD5" w14:paraId="035CDF5C" w14:textId="77777777">
+      <w:tr w:rsidR="00AD444E" w:rsidRPr="00BE15EC" w14:paraId="035CDF5C" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AD444E" w:rsidP="004620D7" w:rsidRDefault="00768996" w14:paraId="60369413" w14:textId="285EE547">
+          <w:p w14:paraId="60369413" w14:textId="7EE6BBFA" w:rsidR="00AD444E" w:rsidRPr="00BE15EC" w:rsidRDefault="00768996" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="46104903" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5C291A93">
+            <w:r w:rsidR="5C291A93" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Date sent to </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5AE6277B">
+            <w:r w:rsidR="5AE6277B" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Department (d</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5C291A93">
+            <w:r w:rsidR="5C291A93" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ecision-maker</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5AE6277B">
+            <w:r w:rsidR="5AE6277B" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="pct"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4327" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AD444E" w:rsidP="00D612A6" w:rsidRDefault="00AD444E" w14:paraId="13894562" w14:textId="706D7E0D">
+          <w:p w14:paraId="13894562" w14:textId="706D7E0D" w:rsidR="00AD444E" w:rsidRPr="00BE15EC" w:rsidRDefault="00AD444E" w:rsidP="00D612A6">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB2A01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC" w:rsidDel="00D612A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00AD444E" w:rsidP="004620D7" w:rsidRDefault="00AD444E" w14:paraId="150BDE53" w14:textId="6DC82BC1">
+          <w:p w14:paraId="150BDE53" w14:textId="6DC82BC1" w:rsidR="00AD444E" w:rsidRPr="00BE15EC" w:rsidRDefault="00AD444E" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidTr="53EE9DD5" w14:paraId="5A23B6EA" w14:textId="77777777">
+      <w:tr w:rsidR="00326978" w:rsidRPr="00BE15EC" w14:paraId="5A23B6EA" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidP="00326978" w:rsidRDefault="00291E93" w14:paraId="0BBFDA3B" w14:textId="3DD7BBB1">
+          <w:p w14:paraId="0BBFDA3B" w14:textId="3DD7BBB1" w:rsidR="00326978" w:rsidRPr="00BE15EC" w:rsidRDefault="00291E93" w:rsidP="00326978">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HEAD OF DEPARTMENT (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00326978">
+            <w:r w:rsidR="00326978" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DECISION</w:t>
             </w:r>
             <w:r w:rsidR="00AD444E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-MAKER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) SUMMARY AND</w:t>
             </w:r>
             <w:r w:rsidR="00D74AFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONCLUSION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidTr="53EE9DD5" w14:paraId="1CA7E3EF" w14:textId="77777777">
+      <w:tr w:rsidR="00326978" w:rsidRPr="00BE15EC" w14:paraId="1CA7E3EF" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="pct"/>
+            <w:tcW w:w="1545" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00326978" w:rsidP="00326978" w:rsidRDefault="2CB55DD1" w14:paraId="272D12AA" w14:textId="601E39BF">
+          <w:p w14:paraId="272D12AA" w14:textId="6FBD3E4E" w:rsidR="00326978" w:rsidRPr="00BE15EC" w:rsidRDefault="2CB55DD1" w:rsidP="00326978">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="0557DE04" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="6EBD3BC3">
+            <w:r w:rsidR="6EBD3BC3" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Department (decision-maker) Summary and conclusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3122" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3455" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00326978" w:rsidP="00326978" w:rsidRDefault="00291E93" w14:paraId="0731CD91" w14:textId="0512E2E1">
+          <w:p w14:paraId="0731CD91" w14:textId="0512E2E1" w:rsidR="00326978" w:rsidRPr="004620D7" w:rsidRDefault="00291E93" w:rsidP="00326978">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Department to provide c</w:t>
             </w:r>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -8531,682 +8891,710 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>omments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00C516B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C516B5" w:rsidR="00C516B5">
+            <w:r w:rsidR="00C516B5" w:rsidRPr="00C516B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ecision,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and rationale.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00831813" w:rsidTr="53EE9DD5" w14:paraId="5D5EBECB" w14:textId="77777777">
+      <w:tr w:rsidR="00C603FD" w:rsidRPr="00BE15EC" w14:paraId="5D5EBECB" w14:textId="77777777" w:rsidTr="7FF3037E">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="pct"/>
+            <w:tcW w:w="854" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00291E93" w:rsidP="00291E93" w:rsidRDefault="37D32089" w14:paraId="4D7FB463" w14:textId="7D8F888E">
+          <w:p w14:paraId="4D7FB463" w14:textId="5FA00189" w:rsidR="00291E93" w:rsidRDefault="37D32089" w:rsidP="00291E93">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00CD7607">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D">
+            <w:r w:rsidR="6730ABA2" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2B51E5A8">
+            <w:r w:rsidR="2B51E5A8" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Decision </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="55B02BFA">
+            <w:r w:rsidR="55B02BFA" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>completed</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2B51E5A8">
+            <w:r w:rsidR="2B51E5A8" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> by</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00831813" w:rsidP="004620D7" w:rsidRDefault="00291E93" w14:paraId="52EADC49" w14:textId="4CC8C6CE">
+          <w:p w14:paraId="52EADC49" w14:textId="4CC8C6CE" w:rsidR="00831813" w:rsidRPr="00BE15EC" w:rsidRDefault="00291E93" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(name and job title)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="00831813">
+            <w:r w:rsidR="00831813" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="691" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00831813" w:rsidP="00831813" w:rsidRDefault="00831813" w14:paraId="6FDFFA66" w14:textId="2DF41EAE">
+          <w:p w14:paraId="6FDFFA66" w14:textId="2DF41EAE" w:rsidR="00831813" w:rsidRPr="00BE15EC" w:rsidRDefault="00831813" w:rsidP="00831813">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2112" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00831813" w:rsidP="6397142D" w:rsidRDefault="4E5F5156" w14:paraId="6170C57B" w14:textId="4CDB8E32">
+          <w:p w14:paraId="6170C57B" w14:textId="7F2FE086" w:rsidR="00831813" w:rsidRPr="00BE15EC" w:rsidRDefault="4E5F5156" w:rsidP="6397142D">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6397142D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="6397142D" w:rsidR="55B02BFA">
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+            <w:r w:rsidR="5AB601B7" w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3E249FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55B02BFA" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Decision</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2B51E5A8">
+            <w:r w:rsidR="2B51E5A8" w:rsidRPr="3E249FFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2436" w:type="pct"/>
+            <w:tcW w:w="1343" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00831813" w:rsidP="00831813" w:rsidRDefault="00291E93" w14:paraId="7E960C31" w14:textId="1D5B3D12">
+          <w:p w14:paraId="7E960C31" w14:textId="1D5B3D12" w:rsidR="00831813" w:rsidRPr="00BE15EC" w:rsidRDefault="00291E93" w:rsidP="00831813">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB2A01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00157212" w:rsidRDefault="00157212" w14:paraId="61CFAB1D" w14:textId="77777777">
+    <w:p w14:paraId="61CFAB1D" w14:textId="77777777" w:rsidR="00157212" w:rsidRDefault="00157212">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004620D7" w:rsidR="00FD7389" w:rsidRDefault="009E11B6" w14:paraId="688EF436" w14:textId="36AF4111">
+    <w:p w14:paraId="688EF436" w14:textId="36AF4111" w:rsidR="00FD7389" w:rsidRPr="004620D7" w:rsidRDefault="009E11B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004620D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If further actions take place, insert relevant triage table(s) here</w:t>
       </w:r>
-      <w:r w:rsidRPr="004620D7" w:rsidR="00CC529B">
+      <w:r w:rsidR="00CC529B" w:rsidRPr="004620D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> using the templates in </w:t>
       </w:r>
-      <w:r w:rsidRPr="004620D7" w:rsidR="00421DEF">
+      <w:r w:rsidR="00421DEF" w:rsidRPr="004620D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>annex</w:t>
       </w:r>
       <w:r w:rsidR="001902F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>es one-fou</w:t>
       </w:r>
       <w:r w:rsidR="004620D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004620D7" w:rsidR="00421DEF">
+      <w:r w:rsidR="00421DEF" w:rsidRPr="004620D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C1FBF" w:rsidTr="0032797F" w14:paraId="52993803" w14:textId="77777777">
+      <w:tr w:rsidR="004C1FBF" w14:paraId="52993803" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0032797F" w:rsidR="004C1FBF" w:rsidRDefault="004C1FBF" w14:paraId="1E7D93BB" w14:textId="60363D61">
+          <w:p w14:paraId="1E7D93BB" w14:textId="60363D61" w:rsidR="004C1FBF" w:rsidRPr="0032797F" w:rsidRDefault="004C1FBF">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="005191"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032797F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTIFICATION CLOSURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1FBF" w14:paraId="28F7CFE0" w14:textId="77777777">
+      <w:tr w:rsidR="004C1FBF" w14:paraId="28F7CFE0" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0032797F" w:rsidR="004C1FBF" w:rsidRDefault="00000000" w14:paraId="079FEFDB" w14:textId="51C87034">
+          <w:p w14:paraId="079FEFDB" w14:textId="51C87034" w:rsidR="004C1FBF" w:rsidRPr="0032797F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="572860675"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="0032797F" w:rsidR="004C1FBF">
+                <w:r w:rsidR="004C1FBF" w:rsidRPr="0032797F">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0032797F" w:rsidR="004C1FBF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="004C1FBF" w:rsidRPr="0032797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Closed – no further action or information required</w:t>
             </w:r>
             <w:r w:rsidR="005F3685">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C1FBF" w:rsidRDefault="00000000" w14:paraId="5B06A514" w14:textId="7508C216">
+          <w:p w14:paraId="5B06A514" w14:textId="7508C216" w:rsidR="004C1FBF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="005191"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="407969500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="0032797F" w:rsidR="004C1FBF">
+                <w:r w:rsidR="004C1FBF" w:rsidRPr="0032797F">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0032797F" w:rsidR="004C1FBF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="004C1FBF" w:rsidRPr="0032797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Triggered Quality Assurance or Quality Assurance (QA) and Enhancement (QAE) activity (please complete annex four)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F3685" w:rsidTr="0032797F" w14:paraId="5316F550" w14:textId="77777777">
+      <w:tr w:rsidR="005F3685" w14:paraId="5316F550" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0032797F" w:rsidR="005F3685" w:rsidRDefault="005F3685" w14:paraId="4DD081F8" w14:textId="5D859A28">
+          <w:p w14:paraId="4DD081F8" w14:textId="5D859A28" w:rsidR="005F3685" w:rsidRPr="0032797F" w:rsidRDefault="005F3685">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="005191"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Internal notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1FBF" w:rsidTr="004C1FBF" w14:paraId="1C31F33B" w14:textId="77777777">
+      <w:tr w:rsidR="004C1FBF" w14:paraId="1C31F33B" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C1FBF" w:rsidRDefault="004C1FBF" w14:paraId="0F1E65BE" w14:textId="77777777">
+          <w:p w14:paraId="0F1E65BE" w14:textId="77777777" w:rsidR="004C1FBF" w:rsidRDefault="004C1FBF">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="005191"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004C1FBF" w:rsidRDefault="004C1FBF" w14:paraId="608B845B" w14:textId="77777777">
+    <w:p w14:paraId="608B845B" w14:textId="77777777" w:rsidR="004C1FBF" w:rsidRDefault="004C1FBF">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D47B26" w:rsidRDefault="00D47B26" w14:paraId="509D15EB" w14:textId="521FAF23">
+    <w:p w14:paraId="509D15EB" w14:textId="521FAF23" w:rsidR="00D47B26" w:rsidRDefault="00D47B26">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F3685" w:rsidRDefault="005F3685" w14:paraId="7EF86C43" w14:textId="6966BE6C">
+    <w:p w14:paraId="7EF86C43" w14:textId="6966BE6C" w:rsidR="005F3685" w:rsidRDefault="005F3685">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00C90784" w:rsidP="00C90784" w:rsidRDefault="00985AFC" w14:paraId="281D3D55" w14:textId="0057A11C">
+    <w:p w14:paraId="281D3D55" w14:textId="0057A11C" w:rsidR="00C90784" w:rsidRPr="00BE15EC" w:rsidRDefault="00985AFC" w:rsidP="00C90784">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004620D7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Annex </w:t>
       </w:r>
-      <w:r w:rsidRPr="004620D7" w:rsidR="00421DEF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00421DEF" w:rsidRPr="004620D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="00C90784">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00C90784" w:rsidRPr="00BE15EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Further action template table</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00C90784" w:rsidP="00013A0E" w:rsidRDefault="00C90784" w14:paraId="7D6769C8" w14:textId="402CE869">
+    <w:p w14:paraId="7D6769C8" w14:textId="402CE869" w:rsidR="00C90784" w:rsidRPr="00BE15EC" w:rsidRDefault="00C90784" w:rsidP="00013A0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00A62359" w:rsidP="00C90784" w:rsidRDefault="00C82B58" w14:paraId="4B97D5C8" w14:textId="5F48D65A">
+    <w:p w14:paraId="4B97D5C8" w14:textId="5F48D65A" w:rsidR="00A62359" w:rsidRPr="00BE15EC" w:rsidRDefault="00C82B58" w:rsidP="00C90784">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please u</w:t>
       </w:r>
       <w:r w:rsidR="004A1BAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se the following tables</w:t>
       </w:r>
       <w:r w:rsidR="007B18C8">
         <w:rPr>
@@ -9226,1935 +9614,1913 @@
       </w:r>
       <w:r w:rsidR="003F5ACB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> them</w:t>
       </w:r>
       <w:r w:rsidR="004A1BAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under each separate notification </w:t>
       </w:r>
       <w:r w:rsidR="00611184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">where </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="00C90784">
+      <w:r w:rsidR="00C90784" w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">further action or information </w:t>
       </w:r>
       <w:r w:rsidR="00611184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">has been requested </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="00C90784">
+      <w:r w:rsidR="00C90784" w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from the provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE15EC" w:rsidR="00A62359">
+      <w:r w:rsidR="00A62359" w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005B303C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please ensure the table corresponds with the correct notification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A62359" w:rsidP="00C90784" w:rsidRDefault="00A62359" w14:paraId="5099D331" w14:textId="0854209A">
+    <w:p w14:paraId="5099D331" w14:textId="0854209A" w:rsidR="00A62359" w:rsidRDefault="00A62359" w:rsidP="00C90784">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE15EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once further action has been confirmed or further information received, this should be triaged and reviewed against the relevant requirements or standards</w:t>
       </w:r>
       <w:r w:rsidR="00EF0690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="002F443A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the previous triage.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidP="00C90784" w:rsidRDefault="00506F33" w14:paraId="51A13A80" w14:textId="695F39B9">
+    <w:p w14:paraId="51A13A80" w14:textId="695F39B9" w:rsidR="00506F33" w:rsidRPr="00BE15EC" w:rsidRDefault="00506F33" w:rsidP="00C90784">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="14D12A7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This stage can be completed as many times as deemed necessary.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2190"/>
         <w:gridCol w:w="812"/>
         <w:gridCol w:w="2522"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="1375"/>
         <w:gridCol w:w="441"/>
         <w:gridCol w:w="3180"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="3356"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00157212" w:rsidTr="6397142D" w14:paraId="33A27CD9" w14:textId="77777777">
+      <w:tr w:rsidR="00157212" w:rsidRPr="00BE15EC" w14:paraId="33A27CD9" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00157212" w:rsidRDefault="00C90784" w14:paraId="79E725CF" w14:textId="7857C4C1">
+          <w:p w14:paraId="79E725CF" w14:textId="7857C4C1" w:rsidR="00157212" w:rsidRPr="00BE15EC" w:rsidRDefault="00C90784">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>REQUEST OF FURTHER ACTION OR INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidTr="6397142D" w14:paraId="39A85EF1" w14:textId="77777777">
+      <w:tr w:rsidR="00164513" w:rsidRPr="00BE15EC" w14:paraId="39A85EF1" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidRDefault="1B906544" w14:paraId="37510137" w14:textId="2F42E7A1">
+          <w:p w14:paraId="37510137" w14:textId="2F42E7A1" w:rsidR="00164513" w:rsidRPr="00BE15EC" w:rsidRDefault="1B906544">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7319840E">
+            <w:r w:rsidR="7319840E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Further action or information requested from provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidTr="6397142D" w14:paraId="7ED90C0C" w14:textId="77777777">
+      <w:tr w:rsidR="00164513" w:rsidRPr="00BE15EC" w14:paraId="7ED90C0C" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00164513" w:rsidRDefault="004A0755" w14:paraId="7447BAE0" w14:textId="743E49F7">
+          <w:p w14:paraId="7447BAE0" w14:textId="743E49F7" w:rsidR="00164513" w:rsidRPr="004620D7" w:rsidRDefault="004A0755">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If different from the agreed </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="00486901">
+            <w:r w:rsidR="00486901" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>response previously.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidTr="6397142D" w14:paraId="6FC6187E" w14:textId="77777777">
+      <w:tr w:rsidR="00164513" w:rsidRPr="00BE15EC" w14:paraId="6FC6187E" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="785" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidP="00164513" w:rsidRDefault="511680B6" w14:paraId="15DF4B1B" w14:textId="6F5BE838">
+          <w:p w14:paraId="15DF4B1B" w14:textId="6F5BE838" w:rsidR="00164513" w:rsidRPr="00BE15EC" w:rsidRDefault="511680B6" w:rsidP="00164513">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7319840E">
+            <w:r w:rsidR="7319840E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date request sent to provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidP="00E6539E" w:rsidRDefault="00164513" w14:paraId="0B4F13BA" w14:textId="415931FB">
+          <w:p w14:paraId="0B4F13BA" w14:textId="415931FB" w:rsidR="00164513" w:rsidRPr="00BE15EC" w:rsidRDefault="00164513" w:rsidP="00E6539E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1315" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidP="00164513" w:rsidRDefault="286366D0" w14:paraId="23BCA3A3" w14:textId="5E8277C2">
+          <w:p w14:paraId="23BCA3A3" w14:textId="5E8277C2" w:rsidR="00164513" w:rsidRPr="00BE15EC" w:rsidRDefault="286366D0" w:rsidP="00164513">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7319840E">
+            <w:r w:rsidR="7319840E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="75245258">
+            <w:r w:rsidR="75245258" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ate of receipt of </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="7319840E">
+            <w:r w:rsidR="7319840E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>further action or information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1203" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00164513" w:rsidRDefault="5D529B5A" w14:paraId="73B487AE" w14:textId="4878F439">
+          <w:p w14:paraId="73B487AE" w14:textId="4878F439" w:rsidR="00164513" w:rsidRPr="00BE15EC" w:rsidRDefault="5D529B5A">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00157212" w:rsidTr="6397142D" w14:paraId="51A2C386" w14:textId="77777777">
+      <w:tr w:rsidR="00157212" w:rsidRPr="00BE15EC" w14:paraId="51A2C386" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2482" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00C90784" w:rsidP="00E6539E" w:rsidRDefault="7954E9D5" w14:paraId="1DA68466" w14:textId="3B3D913E">
+          <w:p w14:paraId="1DA68466" w14:textId="3B3D913E" w:rsidR="00C90784" w:rsidRPr="00BE15EC" w:rsidRDefault="7954E9D5" w:rsidP="00E6539E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="4134E163">
+            <w:r w:rsidR="4134E163" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Requested by</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2AC7040D">
+            <w:r w:rsidR="2AC7040D" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2A2F34C4">
+            <w:r w:rsidR="2A2F34C4" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="2A2F34C4">
+            <w:r w:rsidR="2A2F34C4" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00157212" w:rsidRDefault="00157212" w14:paraId="183202D1" w14:textId="4C8169D6">
+          <w:p w14:paraId="183202D1" w14:textId="4C8169D6" w:rsidR="00157212" w:rsidRPr="00BE15EC" w:rsidRDefault="00157212">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00C90784" w:rsidTr="6397142D" w14:paraId="6381762C" w14:textId="77777777">
+      <w:tr w:rsidR="00C90784" w:rsidRPr="00BE15EC" w14:paraId="6381762C" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00C90784" w:rsidRDefault="00C90784" w14:paraId="496FDD16" w14:textId="0509AB37">
+          <w:p w14:paraId="496FDD16" w14:textId="0509AB37" w:rsidR="00C90784" w:rsidRPr="00BE15EC" w:rsidRDefault="00C90784">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ADDITIONAL TRIAGE AND RECOMMENDATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00233F4E" w:rsidTr="6397142D" w14:paraId="6F01D306" w14:textId="77777777">
+      <w:tr w:rsidR="00233F4E" w:rsidRPr="00BE15EC" w14:paraId="6F01D306" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00233F4E" w:rsidP="0032797F" w:rsidRDefault="314CAEED" w14:paraId="0BD004A8" w14:textId="4F5E1058">
+          <w:p w14:paraId="0BD004A8" w14:textId="4F5E1058" w:rsidR="00233F4E" w:rsidRDefault="314CAEED" w:rsidP="0032797F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.5 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5500C0D0">
+            <w:r w:rsidR="5500C0D0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details of further action or information requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BC69C0" w:rsidR="00233F4E" w:rsidP="004620D7" w:rsidRDefault="006D2EF4" w14:paraId="464F65D1" w14:textId="2030BC9F">
+          <w:p w14:paraId="464F65D1" w14:textId="2030BC9F" w:rsidR="00233F4E" w:rsidRPr="00BC69C0" w:rsidRDefault="006D2EF4" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please link any evidence submitted in support of the notification once saved in the relevant SharePoint folder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="001369DE" w:rsidTr="6397142D" w14:paraId="68455335" w14:textId="77777777">
+      <w:tr w:rsidR="001369DE" w:rsidRPr="00BE15EC" w14:paraId="68455335" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="001369DE" w:rsidP="00E5432F" w:rsidRDefault="3F5F458C" w14:paraId="3F8B8CD1" w14:textId="2B99C09E">
+          <w:p w14:paraId="3F8B8CD1" w14:textId="2B99C09E" w:rsidR="001369DE" w:rsidRPr="00BE15EC" w:rsidRDefault="3F5F458C" w:rsidP="00E5432F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.6 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="10D320F1">
+            <w:r w:rsidR="10D320F1" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Overall commentary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="001369DE" w:rsidP="004620D7" w:rsidRDefault="006D2F6E" w14:paraId="67A60CC8" w14:textId="7C3C6EE5">
+          <w:p w14:paraId="67A60CC8" w14:textId="7C3C6EE5" w:rsidR="001369DE" w:rsidRPr="00BE15EC" w:rsidRDefault="006D2F6E" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00E95811">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">further action or information request/received </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>by the PRV give adequate assurance that standards / requirements will continue to be met?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00E5432F" w:rsidTr="6397142D" w14:paraId="30848009" w14:textId="77777777">
+      <w:tr w:rsidR="00E5432F" w:rsidRPr="00BE15EC" w14:paraId="30848009" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00E5432F" w:rsidP="00E5432F" w:rsidRDefault="50CD6126" w14:paraId="5AF54C20" w14:textId="3C2F524A">
+          <w:p w14:paraId="5AF54C20" w14:textId="3C2F524A" w:rsidR="00E5432F" w:rsidRPr="00BE15EC" w:rsidRDefault="50CD6126" w:rsidP="00E5432F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.7 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="034DA8A4">
+            <w:r w:rsidR="034DA8A4" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendation of </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="01A419DB">
+            <w:r w:rsidR="01A419DB" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">further </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="034DA8A4">
+            <w:r w:rsidR="034DA8A4" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>action</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00E5432F" w:rsidP="00E5432F" w:rsidRDefault="00E5432F" w14:paraId="1B6FDD7F" w14:textId="365F94D5">
+          <w:p w14:paraId="1B6FDD7F" w14:textId="365F94D5" w:rsidR="00E5432F" w:rsidRPr="00BE15EC" w:rsidRDefault="00E5432F" w:rsidP="00E5432F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="006D2F6E" w:rsidP="006D2F6E" w:rsidRDefault="00000000" w14:paraId="0F5094D1" w14:textId="77777777">
+          <w:p w14:paraId="0F5094D1" w14:textId="77777777" w:rsidR="006D2F6E" w:rsidRDefault="00000000" w:rsidP="006D2F6E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-480463462"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="006D2F6E">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no further </w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="006D2F6E" w:rsidP="006D2F6E" w:rsidRDefault="00000000" w14:paraId="2169C715" w14:textId="77777777">
+          <w:p w14:paraId="2169C715" w14:textId="77777777" w:rsidR="006D2F6E" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="006D2F6E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="749476943"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BC293E" w:rsidR="006D2F6E">
+                <w:r w:rsidR="006D2F6E" w:rsidRPr="00BC293E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved – no further action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="006D2F6E" w:rsidP="006D2F6E" w:rsidRDefault="00000000" w14:paraId="72072A19" w14:textId="1A06D7E8">
+          <w:p w14:paraId="72072A19" w14:textId="1A06D7E8" w:rsidR="006D2F6E" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="006D2F6E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1114406559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="006D2F6E">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C90ABA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Desk-based information review </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F153B0" w:rsidR="00C90ABA">
+            <w:r w:rsidR="00C90ABA" w:rsidRPr="00F153B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(this may include a desk-based review conducted by a member or members of the Education Visitor Panel)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="006D2F6E" w:rsidP="006D2F6E" w:rsidRDefault="00000000" w14:paraId="17E6E723" w14:textId="77777777">
+          <w:p w14:paraId="17E6E723" w14:textId="77777777" w:rsidR="006D2F6E" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="006D2F6E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-40749385"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="006D2F6E">
+                <w:r w:rsidR="006D2F6E" w:rsidRPr="002E7300">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Request further info</w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>rmation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00E5432F" w:rsidP="006D2F6E" w:rsidRDefault="00000000" w14:paraId="2D910BF5" w14:textId="103DEC7B">
+          <w:p w14:paraId="2D910BF5" w14:textId="103DEC7B" w:rsidR="00E5432F" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="006D2F6E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1662126006"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="006D2F6E">
+                <w:r w:rsidR="006D2F6E" w:rsidRPr="002E7300">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Trigger Q</w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">uality </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>ssurance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> activity</w:t>
             </w:r>
             <w:r w:rsidR="006D2F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC69C0" w:rsidR="006D2F6E">
+            <w:r w:rsidR="006D2F6E" w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(please state which activity)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="13243F13" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="13243F13" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="004620D7" w:rsidRDefault="46E6B692" w14:paraId="619223A1" w14:textId="6F23E8FE">
+          <w:p w14:paraId="619223A1" w14:textId="6F23E8FE" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="46E6B692" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">A1.8 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Suggested response to provider </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="002E7300" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="3E6DBE24" w14:textId="15566C4E">
+          <w:p w14:paraId="3E6DBE24" w14:textId="15566C4E" w:rsidR="00B26829" w:rsidRPr="002E7300" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Draft text for Manager to review</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> and consider a deadline for when the further action or information should be completed/received. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="66946B8D" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="66946B8D" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="785" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="004620D7" w:rsidRDefault="5145C20E" w14:paraId="4CCE39E7" w14:textId="540BF9D9">
+          <w:p w14:paraId="4CCE39E7" w14:textId="540BF9D9" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="5145C20E" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.9 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Triaged by </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="12417A97" w14:textId="5A520BE5">
+          <w:p w14:paraId="12417A97" w14:textId="5A520BE5" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="30DB04DD" w14:paraId="57DE5A8C" w14:textId="7B34C328">
+          <w:p w14:paraId="57DE5A8C" w14:textId="7B34C328" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="30DB04DD" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.10 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of additional triage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1220" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="75089DA3" w14:textId="61C19567">
+          <w:p w14:paraId="75089DA3" w14:textId="61C19567" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="190CC6E1" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="190CC6E1" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="785" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="004620D7" w:rsidRDefault="667CA7C1" w14:paraId="26CE566A" w14:textId="058A5290">
+          <w:p w14:paraId="26CE566A" w14:textId="058A5290" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="667CA7C1" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.11 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date sent to Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="pct"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="76590B95" w14:textId="2A9B548A">
+          <w:p w14:paraId="76590B95" w14:textId="2A9B548A" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="7D53F5E1" w14:textId="1BA402D9">
+          <w:p w14:paraId="7D53F5E1" w14:textId="1BA402D9" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="35567EA2" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="35567EA2" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="1A366F3F" w14:textId="7E0DF90C">
+          <w:p w14:paraId="1A366F3F" w14:textId="7E0DF90C" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>MANAGER TRIAGE AND RECOMMENDATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="6BAF9C15" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="6BAF9C15" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="7466C0E6" w14:paraId="5244CFE9" w14:textId="36BEAA81">
+          <w:p w14:paraId="5244CFE9" w14:textId="36BEAA81" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="7466C0E6" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.12 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manager Comments and Recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="34E90D4A" w14:textId="77777777">
+          <w:p w14:paraId="34E90D4A" w14:textId="77777777" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="6BB0200A" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="6BB0200A" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="785" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="5215E1DE" w14:paraId="4B03C76A" w14:textId="464DAB1E">
+          <w:p w14:paraId="4B03C76A" w14:textId="464DAB1E" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="5215E1DE" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.13 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager review by </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="6B061C06" w14:textId="791846BB">
+          <w:p w14:paraId="6B061C06" w14:textId="791846BB" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="0DE11336" w14:paraId="646E0F4F" w14:textId="1468F27C">
+          <w:p w14:paraId="646E0F4F" w14:textId="1468F27C" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="0DE11336" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.14 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="39928BD5">
+            <w:r w:rsidR="39928BD5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manager review date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1220" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="6D4E30B9" w14:textId="335E5A10">
+          <w:p w14:paraId="6D4E30B9" w14:textId="335E5A10" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B875AC" w:rsidTr="6397142D" w14:paraId="72D8BAD8" w14:textId="77777777">
+      <w:tr w:rsidR="00B875AC" w:rsidRPr="00BE15EC" w14:paraId="72D8BAD8" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="785" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B875AC" w:rsidP="004620D7" w:rsidRDefault="593BBD5E" w14:paraId="5ECA2321" w14:textId="716A2CCC">
+          <w:p w14:paraId="5ECA2321" w14:textId="716A2CCC" w:rsidR="00B875AC" w:rsidRPr="00BE15EC" w:rsidRDefault="593BBD5E" w:rsidP="004620D7">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.15 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="4147763D">
+            <w:r w:rsidR="4147763D" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date sent to Head of Department (decision-maker)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="pct"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B875AC" w:rsidP="00B26829" w:rsidRDefault="00B875AC" w14:paraId="33754FE7" w14:textId="54238146">
+          <w:p w14:paraId="33754FE7" w14:textId="54238146" w:rsidR="00B875AC" w:rsidRPr="00BE15EC" w:rsidRDefault="00B875AC" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC" w:rsidDel="00C516B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B875AC" w:rsidP="00B26829" w:rsidRDefault="00B875AC" w14:paraId="775F157B" w14:textId="71233B9C">
+          <w:p w14:paraId="775F157B" w14:textId="71233B9C" w:rsidR="00B875AC" w:rsidRPr="00BE15EC" w:rsidRDefault="00B875AC" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B875AC" w:rsidP="00B26829" w:rsidRDefault="00B875AC" w14:paraId="5DC53D97" w14:textId="6FB2C010">
+          <w:p w14:paraId="5DC53D97" w14:textId="6FB2C010" w:rsidR="00B875AC" w:rsidRPr="00BE15EC" w:rsidRDefault="00B875AC" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="29934DEC" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="29934DEC" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B26829" w14:paraId="7F84ED5F" w14:textId="377F1156">
+          <w:p w14:paraId="7F84ED5F" w14:textId="377F1156" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B26829" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">HEAD OF </w:t>
             </w:r>
             <w:r w:rsidR="00B875AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DEPARTMENT (DECISION-MAKER) SUMMARY AND CONCLUSION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidTr="6397142D" w14:paraId="121FB4FB" w14:textId="77777777">
+      <w:tr w:rsidR="00B26829" w:rsidRPr="00BE15EC" w14:paraId="121FB4FB" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="5D75DA67" w14:paraId="13212CAE" w14:textId="6F436F1C">
+          <w:p w14:paraId="13212CAE" w14:textId="6F436F1C" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="5D75DA67" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.16 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="0305FECD">
+            <w:r w:rsidR="0305FECD" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Department (decision-maker) Summary and conclusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00B26829" w:rsidP="00B26829" w:rsidRDefault="00B875AC" w14:paraId="7ABBCFCC" w14:textId="3259FA89">
+          <w:p w14:paraId="7ABBCFCC" w14:textId="3259FA89" w:rsidR="00B26829" w:rsidRPr="00BE15EC" w:rsidRDefault="00B875AC" w:rsidP="00B26829">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Department to provide c</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -11173,361 +11539,331 @@
               <w:t>, d</w:t>
             </w:r>
             <w:r w:rsidRPr="00C516B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ecision,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and rationale.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidTr="6397142D" w14:paraId="424EA83B" w14:textId="77777777">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00506F33" w:rsidRPr="00BE15EC" w14:paraId="424EA83B" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00506F33" w:rsidRDefault="2862140D" w14:paraId="2903990B" w14:textId="120601CE">
+          <w:p w14:paraId="2903990B" w14:textId="120601CE" w:rsidR="00506F33" w:rsidRDefault="2862140D">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.17 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="4F7FEB50">
+            <w:r w:rsidR="4F7FEB50" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Decision completed by</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidRDefault="00506F33" w14:paraId="0A13125E" w14:textId="77777777">
+          <w:p w14:paraId="0A13125E" w14:textId="77777777" w:rsidR="00506F33" w:rsidRPr="00BE15EC" w:rsidRDefault="00506F33">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(name and job title)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidRDefault="00506F33" w14:paraId="18B44BAF" w14:textId="77777777">
+          <w:p w14:paraId="18B44BAF" w14:textId="77777777" w:rsidR="00506F33" w:rsidRPr="00BE15EC" w:rsidRDefault="00506F33">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="660" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidRDefault="35AB4E14" w14:paraId="57C84081" w14:textId="6D420FBC">
+          <w:p w14:paraId="57C84081" w14:textId="6D420FBC" w:rsidR="00506F33" w:rsidRPr="00BE15EC" w:rsidRDefault="35AB4E14">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A1.18 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="4F7FEB50">
+            <w:r w:rsidR="4F7FEB50" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Decision date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00506F33" w:rsidRDefault="00506F33" w14:paraId="385F7D17" w14:textId="77777777">
+          <w:p w14:paraId="385F7D17" w14:textId="77777777" w:rsidR="00506F33" w:rsidRPr="00BE15EC" w:rsidRDefault="00506F33">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB2A01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00506F33" w:rsidP="00506F33" w:rsidRDefault="00506F33" w14:paraId="5E98C735" w14:textId="77777777">
+    <w:p w14:paraId="5E98C735" w14:textId="77777777" w:rsidR="00506F33" w:rsidRDefault="00506F33" w:rsidP="00506F33">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C90784" w:rsidP="00157212" w:rsidRDefault="00C90784" w14:paraId="619CF41B" w14:textId="77777777">
+    <w:p w14:paraId="619CF41B" w14:textId="77777777" w:rsidR="00C90784" w:rsidRDefault="00C90784" w:rsidP="00157212">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F133F3" w:rsidRDefault="00F133F3" w14:paraId="0D93409B" w14:textId="77777777">
+    <w:p w14:paraId="0D93409B" w14:textId="5D507A55" w:rsidR="00F133F3" w:rsidRDefault="00F133F3">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="21A6B010" w14:textId="5CCF08D8" w:rsidR="00E11877" w:rsidRPr="00BE15EC" w:rsidRDefault="004620D7" w:rsidP="14D12A7B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t>Annex two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11877" w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Education Visitor Panel</w:t>
+      </w:r>
+      <w:r w:rsidR="00506F33" w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EVP)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11877" w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008852EA" w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC28B3" w:rsidRPr="14D12A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005191"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and recommendation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00E11877" w:rsidP="14D12A7B" w:rsidRDefault="004620D7" w14:paraId="21A6B010" w14:textId="5CCF08D8">
-[...79 lines deleted...]
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00E11877" w:rsidP="00E11877" w:rsidRDefault="00E11877" w14:paraId="12BD114F" w14:textId="77777777">
+    <w:p w14:paraId="12BD114F" w14:textId="77777777" w:rsidR="00E11877" w:rsidRPr="00BE15EC" w:rsidRDefault="00E11877" w:rsidP="00E11877">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="009456E9" w:rsidP="004620D7" w:rsidRDefault="009456E9" w14:paraId="40E3E4F0" w14:textId="04C1A230">
+    <w:p w14:paraId="40E3E4F0" w14:textId="04C1A230" w:rsidR="009456E9" w:rsidRPr="00BE15EC" w:rsidRDefault="009456E9" w:rsidP="004620D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please use the following table as</w:t>
       </w:r>
       <w:r w:rsidR="007A0B50">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r>
@@ -11597,51 +11933,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> correspond</w:t>
       </w:r>
       <w:r w:rsidR="005F17BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with the correct notification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003000AC" w:rsidP="009456E9" w:rsidRDefault="003000AC" w14:paraId="69CAB4C2" w14:textId="4612CFBA">
+    <w:p w14:paraId="69CAB4C2" w14:textId="4612CFBA" w:rsidR="003000AC" w:rsidRDefault="003000AC" w:rsidP="009456E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The EVP conducting the review should </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer back</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -11656,2665 +11992,2631 @@
       <w:r w:rsidR="0007006C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provider submission and internal triage</w:t>
       </w:r>
       <w:r w:rsidR="00B904B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00905804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to inform their recommendation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="007F3C27" w:rsidP="00CC2ACC" w:rsidRDefault="009456E9" w14:paraId="0F2A391A" w14:textId="715860C3">
+    <w:p w14:paraId="0F2A391A" w14:textId="715860C3" w:rsidR="007F3C27" w:rsidRPr="00BE15EC" w:rsidRDefault="009456E9" w:rsidP="00CC2ACC">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This stage can be completed as many times as deemed necessary.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="192"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4818"/>
         <w:gridCol w:w="9130"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="000C4156" w:rsidTr="6397142D" w14:paraId="17817C82" w14:textId="77777777">
+      <w:tr w:rsidR="000C4156" w:rsidRPr="00BE15EC" w14:paraId="17817C82" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="000C4156" w:rsidP="004004AD" w:rsidRDefault="00905804" w14:paraId="62D16E4D" w14:textId="1A219820">
+          <w:p w14:paraId="62D16E4D" w14:textId="1A219820" w:rsidR="000C4156" w:rsidRPr="00BE15EC" w:rsidRDefault="00905804" w:rsidP="004004AD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">EVP </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="000C4156">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="000C4156" w:rsidRPr="00BE15EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>REVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidTr="6397142D" w14:paraId="6C36BF1B" w14:textId="77777777">
+      <w:tr w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w14:paraId="6C36BF1B" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0093224F" w:rsidR="00BA3F4B" w:rsidP="007F3C27" w:rsidRDefault="65B903B5" w14:paraId="7C7022C8" w14:textId="15020E92">
+          <w:p w14:paraId="7C7022C8" w14:textId="15020E92" w:rsidR="00BA3F4B" w:rsidRPr="0093224F" w:rsidRDefault="65B903B5" w:rsidP="007F3C27">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A2.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="45CC1288">
+            <w:r w:rsidR="45CC1288" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">EVP </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="38B0A0ED">
+            <w:r w:rsidR="38B0A0ED" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(professional title and name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007F3C27" w:rsidR="00BA3F4B" w:rsidP="007F3C27" w:rsidRDefault="00BA3F4B" w14:paraId="4D09CA60" w14:textId="73F3A6C3">
+          <w:p w14:paraId="4D09CA60" w14:textId="73F3A6C3" w:rsidR="00BA3F4B" w:rsidRPr="007F3C27" w:rsidRDefault="00BA3F4B" w:rsidP="007F3C27">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00F83FDF" w:rsidTr="6397142D" w14:paraId="6035426A" w14:textId="77777777">
+      <w:tr w:rsidR="00F83FDF" w:rsidRPr="00BE15EC" w14:paraId="6035426A" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00F83FDF" w:rsidP="6397142D" w:rsidRDefault="5071BA86" w14:paraId="4ECC8E4C" w14:textId="61CF76EB">
+          <w:p w14:paraId="4ECC8E4C" w14:textId="61CF76EB" w:rsidR="00F83FDF" w:rsidRPr="00BE15EC" w:rsidRDefault="5071BA86" w:rsidP="6397142D">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A2.2</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="38B0A0ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="38B0A0ED" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EVP role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00F83FDF" w:rsidP="00152C15" w:rsidRDefault="00F83FDF" w14:paraId="187BCB5C" w14:textId="77777777">
+          <w:p w14:paraId="187BCB5C" w14:textId="77777777" w:rsidR="00F83FDF" w:rsidRPr="00BE15EC" w:rsidRDefault="00F83FDF" w:rsidP="00152C15">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidTr="6397142D" w14:paraId="2247527E" w14:textId="77777777">
+      <w:tr w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w14:paraId="2247527E" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidP="6397142D" w:rsidRDefault="76E95E7C" w14:paraId="61DA6300" w14:textId="1EFB5717">
+          <w:p w14:paraId="61DA6300" w14:textId="1EFB5717" w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w:rsidRDefault="76E95E7C" w:rsidP="6397142D">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A2.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="25486B19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="25486B19" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recommendation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidP="00A444D2" w:rsidRDefault="00BA3F4B" w14:paraId="39992C1A" w14:textId="7849F81F">
+          <w:p w14:paraId="39992C1A" w14:textId="7849F81F" w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w:rsidRDefault="00BA3F4B" w:rsidP="00A444D2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002253FF" w:rsidP="002253FF" w:rsidRDefault="00000000" w14:paraId="2A37C3AA" w14:textId="77777777">
+          <w:p w14:paraId="2A37C3AA" w14:textId="77777777" w:rsidR="002253FF" w:rsidRDefault="00000000" w:rsidP="002253FF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Batang" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-385571657"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="002253FF">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no further </w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="002253FF" w:rsidP="002253FF" w:rsidRDefault="00000000" w14:paraId="385A0A61" w14:textId="77777777">
+          <w:p w14:paraId="385A0A61" w14:textId="77777777" w:rsidR="002253FF" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="002253FF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Batang" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1816905563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BC293E" w:rsidR="002253FF">
+                <w:r w:rsidR="002253FF" w:rsidRPr="00BC293E">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Batang" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Batang" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved – no further action required</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002253FF" w:rsidP="002253FF" w:rsidRDefault="00000000" w14:paraId="30F41705" w14:textId="77777777">
+          <w:p w14:paraId="30F41705" w14:textId="77777777" w:rsidR="002253FF" w:rsidRDefault="00000000" w:rsidP="002253FF">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Batang" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-382339893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="002253FF">
+                <w:r w:rsidR="002253FF" w:rsidRPr="002E7300">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Batang" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Batang" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Request further info</w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>rmation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00814706" w:rsidP="00814706" w:rsidRDefault="00000000" w14:paraId="1067704E" w14:textId="5A669F7C">
+          <w:p w14:paraId="1067704E" w14:textId="5A669F7C" w:rsidR="00814706" w:rsidRPr="00BE15EC" w:rsidRDefault="00000000" w:rsidP="00814706">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-1492257823"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="14D12A7B" w:rsidR="00814706">
+                <w:r w:rsidR="00814706" w:rsidRPr="14D12A7B">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="00814706">
+            <w:r w:rsidR="00814706" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> H</w:t>
             </w:r>
-            <w:r w:rsidRPr="14D12A7B" w:rsidR="00814706">
+            <w:r w:rsidR="00814706" w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>old a telephone conference or meeting with provider</w:t>
             </w:r>
             <w:r w:rsidR="003D7ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or awarding organisation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002253FF" w:rsidP="002253FF" w:rsidRDefault="00000000" w14:paraId="6CC2B1EA" w14:textId="1F23E17A">
+          <w:p w14:paraId="6CC2B1EA" w14:textId="1F23E17A" w:rsidR="002253FF" w:rsidRDefault="00000000" w:rsidP="002253FF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Batang" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="2046019472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="002E7300" w:rsidR="002253FF">
+                <w:r w:rsidR="002253FF" w:rsidRPr="002E7300">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Batang" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Batang" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Trigger Q</w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">uality </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>ssurance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE15EC" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BE15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> activity</w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC69C0" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="00BC69C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(please state which activity)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00BA3F4B" w:rsidP="00152C15" w:rsidRDefault="00000000" w14:paraId="0B4E674C" w14:textId="32EF2AFD">
+          <w:p w14:paraId="0B4E674C" w14:textId="32EF2AFD" w:rsidR="00BA3F4B" w:rsidRPr="004620D7" w:rsidRDefault="00000000" w:rsidP="00152C15">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-1782333276"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004620D7" w:rsidR="002253FF">
+                <w:r w:rsidR="002253FF" w:rsidRPr="004620D7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="004620D7" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002253FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
-            <w:r w:rsidRPr="004620D7" w:rsidR="002253FF">
+            <w:r w:rsidR="002253FF" w:rsidRPr="004620D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidTr="6397142D" w14:paraId="58C925BC" w14:textId="77777777">
+      <w:tr w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w14:paraId="58C925BC" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="00BA3F4B" w:rsidP="6397142D" w:rsidRDefault="02354384" w14:paraId="1F2BCB96" w14:textId="068686C9">
+          <w:p w14:paraId="1F2BCB96" w14:textId="068686C9" w:rsidR="00BA3F4B" w:rsidRPr="00BE15EC" w:rsidRDefault="02354384" w:rsidP="6397142D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A2.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="25486B19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="25486B19" w:rsidRPr="6397142D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rationale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004620D7" w:rsidR="00BA3F4B" w:rsidP="004620D7" w:rsidRDefault="002253FF" w14:paraId="015E3BD9" w14:textId="6D257C09">
+          <w:p w14:paraId="015E3BD9" w14:textId="6D257C09" w:rsidR="00BA3F4B" w:rsidRPr="004620D7" w:rsidRDefault="002253FF" w:rsidP="004620D7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620D7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Panel members are asked to provide a rationale for their decision, including highlighting areas where further information is required, the risk level, or where sufficient assurance was provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00210B4E" w:rsidRDefault="00210B4E" w14:paraId="3FDFB5BF" w14:textId="0D25DC23">
+    <w:p w14:paraId="3FDFB5BF" w14:textId="0D25DC23" w:rsidR="00210B4E" w:rsidRDefault="00210B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00210B4E" w:rsidRDefault="00210B4E" w14:paraId="007AE9BC" w14:textId="77777777">
+    <w:p w14:paraId="007AE9BC" w14:textId="77777777" w:rsidR="00210B4E" w:rsidRDefault="00210B4E">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0068021E" w:rsidR="00157212" w:rsidP="0068021E" w:rsidRDefault="00210B4E" w14:paraId="3DEB764A" w14:textId="2DA00EF3">
+    <w:p w14:paraId="3DEB764A" w14:textId="2DA00EF3" w:rsidR="00157212" w:rsidRPr="0068021E" w:rsidRDefault="00210B4E" w:rsidP="0068021E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068021E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Annex three </w:t>
       </w:r>
-      <w:r w:rsidRPr="00080E83" w:rsidR="0068021E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="0068021E" w:rsidRPr="00080E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00080E83" w:rsidR="00CD0BA0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00CD0BA0" w:rsidRPr="00080E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00707F99">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00080E83" w:rsidR="00132689">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00132689" w:rsidRPr="00080E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eleph</w:t>
       </w:r>
-      <w:r w:rsidRPr="00080E83" w:rsidR="0068021E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="0068021E" w:rsidRPr="00080E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>one conference or meeting with provider</w:t>
       </w:r>
       <w:r w:rsidR="003D7ECA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or awarding organisation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE092A" w:rsidP="00CE092A" w:rsidRDefault="00CE092A" w14:paraId="1F1D00BB" w14:textId="77777777">
+    <w:p w14:paraId="1F1D00BB" w14:textId="77777777" w:rsidR="00CE092A" w:rsidRDefault="00CE092A" w:rsidP="00CE092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00CE092A" w:rsidP="00CE092A" w:rsidRDefault="00CE092A" w14:paraId="57AB92FE" w14:textId="496F3FC9">
+    <w:p w14:paraId="57AB92FE" w14:textId="496F3FC9" w:rsidR="00CE092A" w:rsidRPr="00BE15EC" w:rsidRDefault="00CE092A" w:rsidP="00CE092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please use the following table as a template </w:t>
       </w:r>
       <w:r w:rsidR="00F43329">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="003D7ECA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">any telephone conference or meeting held with a provider or awarding organisation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please ensure the tables correspond with the correct notification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D7ECA" w:rsidP="00CE092A" w:rsidRDefault="003D7ECA" w14:paraId="299EC06A" w14:textId="77777777">
+    <w:p w14:paraId="299EC06A" w14:textId="77777777" w:rsidR="003D7ECA" w:rsidRDefault="003D7ECA" w:rsidP="00CE092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00CE092A" w:rsidP="00CE092A" w:rsidRDefault="00CE092A" w14:paraId="7B8F19E6" w14:textId="77777777">
+    <w:p w14:paraId="7B8F19E6" w14:textId="77777777" w:rsidR="00CE092A" w:rsidRPr="00BE15EC" w:rsidRDefault="00CE092A" w:rsidP="00CE092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This stage can be completed as many times as deemed necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0068021E" w:rsidP="0032797F" w:rsidRDefault="0068021E" w14:paraId="31915B93" w14:textId="77777777">
+    <w:p w14:paraId="31915B93" w14:textId="77777777" w:rsidR="0068021E" w:rsidRDefault="0068021E" w:rsidP="0032797F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3540"/>
         <w:gridCol w:w="2011"/>
         <w:gridCol w:w="8397"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="295FBEAC" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="295FBEAC" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidRDefault="008A58D4" w14:paraId="59AEFE54" w14:textId="4994D123">
+          <w:p w14:paraId="59AEFE54" w14:textId="4994D123" w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w:rsidRDefault="008A58D4">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TELEPHONE CONFERENCE OR MEETING WITH PROVIDER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="1F970FE2" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="1F970FE2" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidRDefault="32E2EF88" w14:paraId="66139DDD" w14:textId="26A278C8">
+          <w:p w14:paraId="66139DDD" w14:textId="26A278C8" w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w:rsidRDefault="32E2EF88">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A3.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1F227CC0">
+            <w:r w:rsidR="1F227CC0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of meeting/phone call</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0032797F" w:rsidR="008A58D4" w:rsidRDefault="008A58D4" w14:paraId="3003DF37" w14:textId="097CDA0D">
+          <w:p w14:paraId="3003DF37" w14:textId="097CDA0D" w:rsidR="008A58D4" w:rsidRPr="0032797F" w:rsidRDefault="008A58D4">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="14D12A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="12A5141A" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="12A5141A" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidRDefault="4C38A17B" w14:paraId="01490ED9" w14:textId="3C52637F">
+          <w:p w14:paraId="01490ED9" w14:textId="3C52637F" w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w:rsidRDefault="4C38A17B">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A3.2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1F227CC0">
+            <w:r w:rsidR="1F227CC0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Meeting attendees</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1F227CC0">
+            <w:r w:rsidR="1F227CC0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (name and job title)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A58D4" w:rsidRDefault="008A58D4" w14:paraId="431A21E1" w14:textId="77777777">
+          <w:p w14:paraId="431A21E1" w14:textId="77777777" w:rsidR="008A58D4" w:rsidRDefault="008A58D4">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032797F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Complete if applicable.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C742AF" w:rsidP="00C742AF" w:rsidRDefault="003F3E2A" w14:paraId="058B4AB0" w14:textId="4F47C887">
+          <w:p w14:paraId="058B4AB0" w14:textId="4F47C887" w:rsidR="00C742AF" w:rsidRDefault="003F3E2A" w:rsidP="00C742AF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F3E2A" w:rsidP="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="21DE4286" w14:textId="77777777">
+          <w:p w14:paraId="21DE4286" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w:rsidP="003F3E2A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F3E2A" w:rsidP="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="2A4F6E09" w14:textId="77777777">
+          <w:p w14:paraId="2A4F6E09" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w:rsidP="003F3E2A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F3E2A" w:rsidP="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="2404BA3D" w14:textId="77777777">
+          <w:p w14:paraId="2404BA3D" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w:rsidP="003F3E2A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0032797F" w:rsidR="00C742AF" w:rsidP="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="76233B73" w14:textId="64348578">
+          <w:p w14:paraId="76233B73" w14:textId="64348578" w:rsidR="00C742AF" w:rsidRPr="0032797F" w:rsidRDefault="003F3E2A" w:rsidP="003F3E2A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0032797F" w:rsidR="00C742AF" w:rsidP="0032797F" w:rsidRDefault="003F3E2A" w14:paraId="6ACB41B8" w14:textId="486027E7">
+          <w:p w14:paraId="6ACB41B8" w14:textId="486027E7" w:rsidR="00C742AF" w:rsidRPr="0032797F" w:rsidRDefault="003F3E2A" w:rsidP="0032797F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional title and name – job title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="58168529" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="58168529" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidRDefault="1F227CC0" w14:paraId="6200E9CF" w14:textId="5210DF96">
+          <w:p w14:paraId="6200E9CF" w14:textId="5210DF96" w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w:rsidRDefault="1F227CC0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="27429C1E" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="27429C1E" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008A58D4" w:rsidRDefault="008A58D4" w14:paraId="7881D12D" w14:textId="77777777">
+          <w:p w14:paraId="7881D12D" w14:textId="77777777" w:rsidR="008A58D4" w:rsidRDefault="008A58D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="008A58D4" w:rsidTr="6397142D" w14:paraId="237C52D7" w14:textId="77777777">
+      <w:tr w:rsidR="008A58D4" w:rsidRPr="00BE15EC" w14:paraId="237C52D7" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="008A58D4" w:rsidRDefault="102F0F65" w14:paraId="72FF635D" w14:textId="62C24F1B">
+          <w:p w14:paraId="72FF635D" w14:textId="62C24F1B" w:rsidR="008A58D4" w:rsidRDefault="102F0F65">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A3.3</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="1F227CC0">
+            <w:r w:rsidR="1F227CC0" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details of further action or information r</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="323FC5A6">
+            <w:r w:rsidR="323FC5A6" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>equired</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="52F3C83E">
+            <w:r w:rsidR="52F3C83E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (internal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3010" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BC69C0" w:rsidR="008A58D4" w:rsidRDefault="008A58D4" w14:paraId="4A93CF16" w14:textId="50D7FBEE">
+          <w:p w14:paraId="4A93CF16" w14:textId="50D7FBEE" w:rsidR="008A58D4" w:rsidRPr="00BC69C0" w:rsidRDefault="008A58D4">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="00FC2796" w:rsidTr="6397142D" w14:paraId="1CF78640" w14:textId="77777777">
+      <w:tr w:rsidR="00FC2796" w:rsidRPr="00BE15EC" w14:paraId="1CF78640" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FC2796" w:rsidR="00FC2796" w:rsidP="0032797F" w:rsidRDefault="08FAA725" w14:paraId="3C02C7B8" w14:textId="62E81D82">
+          <w:p w14:paraId="3C02C7B8" w14:textId="62E81D82" w:rsidR="00FC2796" w:rsidRPr="00FC2796" w:rsidRDefault="08FAA725" w:rsidP="0032797F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A3.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="52F3C83E">
+            <w:r w:rsidR="52F3C83E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details of further action or information req</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="323FC5A6">
+            <w:r w:rsidR="323FC5A6" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>uire</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="52F3C83E">
+            <w:r w:rsidR="52F3C83E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d (</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="323FC5A6">
+            <w:r w:rsidR="323FC5A6" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>provider/awarding organisation</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="52F3C83E">
+            <w:r w:rsidR="52F3C83E" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3010" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC2796" w:rsidRDefault="00FC2796" w14:paraId="51B4B7AF" w14:textId="77777777">
+          <w:p w14:paraId="51B4B7AF" w14:textId="77777777" w:rsidR="00FC2796" w:rsidRDefault="00FC2796">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008959D1" w:rsidRDefault="008959D1" w14:paraId="3DBD6305" w14:textId="5E5FB0F6">
+    <w:p w14:paraId="3DBD6305" w14:textId="5E5FB0F6" w:rsidR="008959D1" w:rsidRDefault="008959D1">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00080E83" w:rsidR="0068021E" w:rsidP="00080E83" w:rsidRDefault="008959D1" w14:paraId="1814C8ED" w14:textId="4E2E91FF">
+    <w:p w14:paraId="1814C8ED" w14:textId="4E2E91FF" w:rsidR="0068021E" w:rsidRPr="00080E83" w:rsidRDefault="008959D1" w:rsidP="00080E83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080E83">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Annex four </w:t>
       </w:r>
-      <w:r w:rsidRPr="00080E83" w:rsidR="00080E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00080E83" w:rsidRPr="00080E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="005191"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Triggered quality assurance activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F3E2A" w:rsidP="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="1B445197" w14:textId="77777777">
+    <w:p w14:paraId="1B445197" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w:rsidP="003F3E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidP="0032797F" w:rsidRDefault="003F3E2A" w14:paraId="04FA8BC4" w14:textId="18FBA5C0">
+    <w:p w14:paraId="04FA8BC4" w14:textId="18FBA5C0" w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w:rsidRDefault="003F3E2A" w:rsidP="0032797F">
       <w:pPr>
         <w:spacing w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please use the following table as a template for noting any quality assurance activity triggered </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> receiving and triaging a change and event notification. Please ensure the tables correspond with the correct notification.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3540"/>
         <w:gridCol w:w="10408"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidTr="6397142D" w14:paraId="1112A75C" w14:textId="77777777">
+      <w:tr w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w14:paraId="1112A75C" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="05F7DE2A" w14:textId="389CF5DB">
+          <w:p w14:paraId="05F7DE2A" w14:textId="389CF5DB" w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w:rsidRDefault="003F3E2A">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QUALITY ASSURANCE ACTIVITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidTr="6397142D" w14:paraId="46A04A5E" w14:textId="77777777">
+      <w:tr w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w14:paraId="46A04A5E" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidRDefault="656C7613" w14:paraId="13AB2D72" w14:textId="0D24BDE0">
+          <w:p w14:paraId="13AB2D72" w14:textId="0D24BDE0" w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w:rsidRDefault="656C7613">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="5BA66F33">
+            <w:r w:rsidR="5BA66F33" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="69D04F85">
+            <w:r w:rsidR="69D04F85" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Type of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F153B0" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="28FB2AA8" w14:textId="79536795">
+          <w:p w14:paraId="28FB2AA8" w14:textId="79536795" w:rsidR="003F3E2A" w:rsidRPr="00F153B0" w:rsidRDefault="003F3E2A">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidTr="6397142D" w14:paraId="12A74B13" w14:textId="77777777">
+      <w:tr w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w14:paraId="12A74B13" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidRDefault="53CB83E4" w14:paraId="0E51E21A" w14:textId="684FC68D">
+          <w:p w14:paraId="0E51E21A" w14:textId="684FC68D" w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w:rsidRDefault="53CB83E4">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="4E68E5F5">
+            <w:r w:rsidR="4E68E5F5" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="69D04F85">
+            <w:r w:rsidR="69D04F85" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Date activity will take place </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="0032797F" w:rsidR="003F3E2A" w:rsidP="0032797F" w:rsidRDefault="003F3E2A" w14:paraId="541DB4A0" w14:textId="54267332">
+          <w:p w14:paraId="541DB4A0" w14:textId="54267332" w:rsidR="003F3E2A" w:rsidRPr="0032797F" w:rsidRDefault="003F3E2A" w:rsidP="0032797F">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD/MM/YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidTr="6397142D" w14:paraId="4B0A3D0F" w14:textId="77777777">
+      <w:tr w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w14:paraId="4B0A3D0F" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="003F3E2A" w:rsidRDefault="5C4B703E" w14:paraId="4E02CDD1" w14:textId="7AF272FF">
+          <w:p w14:paraId="4E02CDD1" w14:textId="7AF272FF" w:rsidR="003F3E2A" w:rsidRDefault="5C4B703E">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A4.3 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="69D04F85">
+            <w:r w:rsidR="69D04F85" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rationale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BC69C0" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="5C9E96C0" w14:textId="77777777">
+          <w:p w14:paraId="5C9E96C0" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRPr="00BC69C0" w:rsidRDefault="003F3E2A">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BE15EC" w:rsidR="003F3E2A" w:rsidTr="6397142D" w14:paraId="15265CB7" w14:textId="77777777">
+      <w:tr w:rsidR="003F3E2A" w:rsidRPr="00BE15EC" w14:paraId="15265CB7" w14:textId="77777777" w:rsidTr="00912CD2">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FC2796" w:rsidR="003F3E2A" w:rsidRDefault="24558874" w14:paraId="62D54535" w14:textId="2AB54A65">
+          <w:p w14:paraId="62D54535" w14:textId="2AB54A65" w:rsidR="003F3E2A" w:rsidRPr="00FC2796" w:rsidRDefault="24558874">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A4.4 </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="69D04F85">
+            <w:r w:rsidR="69D04F85" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Outstanding internal actions, questions, or concerns </w:t>
             </w:r>
-            <w:r w:rsidRPr="6397142D" w:rsidR="69D04F85">
+            <w:r w:rsidR="69D04F85" w:rsidRPr="6397142D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A" w14:paraId="2ACCFD83" w14:textId="77777777">
+          <w:p w14:paraId="2ACCFD83" w14:textId="77777777" w:rsidR="003F3E2A" w:rsidRDefault="003F3E2A">
             <w:pPr>
               <w:spacing w:line="22" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00BE15EC" w:rsidR="00080E83" w:rsidRDefault="00080E83" w14:paraId="2FE573DB" w14:textId="77777777">
+    <w:p w14:paraId="2FE573DB" w14:textId="77777777" w:rsidR="00080E83" w:rsidRPr="00BE15EC" w:rsidRDefault="00080E83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00BE15EC" w:rsidR="00080E83" w:rsidSect="005622FE">
+    <w:sectPr w:rsidR="00080E83" w:rsidRPr="00BE15EC" w:rsidSect="005622FE">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001523BE" w:rsidP="008C4CEF" w:rsidRDefault="001523BE" w14:paraId="352B1489" w14:textId="77777777">
+    <w:p w14:paraId="61A4BB32" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083" w:rsidP="008C4CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001523BE" w:rsidP="008C4CEF" w:rsidRDefault="001523BE" w14:paraId="5F2AD26B" w14:textId="77777777">
+    <w:p w14:paraId="4702FF36" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083" w:rsidP="008C4CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="001523BE" w:rsidRDefault="001523BE" w14:paraId="425F4DD7" w14:textId="77777777">
+    <w:p w14:paraId="47732EC9" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:id w:val="-1513915148"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00013A0E" w:rsidRDefault="00013A0E" w14:paraId="6D38D341" w14:textId="77777777">
+      <w:p w14:paraId="6D38D341" w14:textId="2E2C0117" w:rsidR="00013A0E" w:rsidRDefault="00912CD2" w:rsidP="00912CD2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:jc w:val="center"/>
+          <w:tabs>
+            <w:tab w:val="left" w:pos="3260"/>
+            <w:tab w:val="center" w:pos="6979"/>
+          </w:tabs>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
       </w:p>
       <w:tbl>
         <w:tblPr>
           <w:tblW w:w="14026" w:type="dxa"/>
           <w:tblBorders>
-            <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-            <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPr>
         <w:tblGrid>
           <w:gridCol w:w="2565"/>
           <w:gridCol w:w="3762"/>
           <w:gridCol w:w="2170"/>
           <w:gridCol w:w="5529"/>
         </w:tblGrid>
-        <w:tr w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidTr="01FE7D47" w14:paraId="6DD48926" w14:textId="77777777">
+        <w:tr w:rsidR="00BE504C" w:rsidRPr="00BE504C" w14:paraId="6DD48926" w14:textId="77777777" w:rsidTr="00912CD2">
           <w:trPr>
             <w:trHeight w:val="300"/>
           </w:trPr>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="14026" w:type="dxa"/>
               <w:gridSpan w:val="4"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00BE504C" w:rsidRDefault="00BE504C" w14:paraId="37F007D3" w14:textId="7F7F0CA3">
+            <w:p w14:paraId="37F007D3" w14:textId="7F7F0CA3" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00BE504C">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Notification of change</w:t>
               </w:r>
               <w:r w:rsidR="00E75471">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>s</w:t>
               </w:r>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> and events form</w:t>
               </w:r>
             </w:p>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00BE504C" w:rsidRDefault="00BE504C" w14:paraId="0E69043E" w14:textId="703778C0">
+            <w:p w14:paraId="0E69043E" w14:textId="703778C0" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00BE504C">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>NTF-FRM</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
-        <w:tr w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidTr="01FE7D47" w14:paraId="717C914B" w14:textId="77777777">
+        <w:tr w:rsidR="00BE504C" w:rsidRPr="00BE504C" w14:paraId="717C914B" w14:textId="77777777" w:rsidTr="00912CD2">
           <w:trPr>
             <w:trHeight w:val="300"/>
           </w:trPr>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2565" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00E75471" w:rsidRDefault="00BE504C" w14:paraId="0D9E73B7" w14:textId="77777777">
+            <w:p w14:paraId="0D9E73B7" w14:textId="77777777" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00E75471">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Version</w:t>
               </w:r>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>  </w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="3762" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00671107" w:rsidRDefault="005D2FF8" w14:paraId="12C9DF2B" w14:textId="6319C6BC">
+            <w:p w14:paraId="12C9DF2B" w14:textId="7362B973" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="7FF3037E" w:rsidP="00671107">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
-              <w:r>
+              <w:r w:rsidRPr="7FF3037E">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>3</w:t>
-[...7 lines deleted...]
-                <w:t>.0</w:t>
+                <w:t>v3.1</w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2170" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00E75471" w:rsidRDefault="00BE504C" w14:paraId="65832420" w14:textId="77777777">
+            <w:p w14:paraId="65832420" w14:textId="77777777" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00E75471">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Date version approved</w:t>
               </w:r>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>  </w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="5529" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00671107" w:rsidRDefault="01FE7D47" w14:paraId="730DBF9B" w14:textId="2274AF4E">
+            <w:p w14:paraId="730DBF9B" w14:textId="03285E52" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="7FF3037E" w:rsidP="3E249FFB">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
-              </w:pPr>
-              <w:r w:rsidRPr="01FE7D47">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>18/03/2025</w:t>
+              </w:pPr>
+              <w:r w:rsidRPr="7FF3037E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>05 December 2025</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
-        <w:tr w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidTr="01FE7D47" w14:paraId="2D9FB1BD" w14:textId="77777777">
+        <w:tr w:rsidR="00BE504C" w:rsidRPr="00BE504C" w14:paraId="2D9FB1BD" w14:textId="77777777" w:rsidTr="00912CD2">
           <w:trPr>
             <w:trHeight w:val="300"/>
           </w:trPr>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2565" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00E75471" w:rsidRDefault="00BE504C" w14:paraId="52DEF157" w14:textId="77777777">
+            <w:p w14:paraId="52DEF157" w14:textId="77777777" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00E75471">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Version effective from </w:t>
               </w:r>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>  </w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="3762" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00671107" w:rsidRDefault="01FE7D47" w14:paraId="4DDD83A0" w14:textId="0FC27CBB">
+            <w:p w14:paraId="4DDD83A0" w14:textId="5A1D5210" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="7FF3037E" w:rsidP="00671107">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="01FE7D47">
+              <w:r w:rsidRPr="7FF3037E">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t> March 2025</w:t>
+                <w:t> December 2025</w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2170" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00E75471" w:rsidRDefault="00BE504C" w14:paraId="460F75FA" w14:textId="77777777">
+            <w:p w14:paraId="460F75FA" w14:textId="77777777" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="00BE504C" w:rsidP="00E75471">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Next review date</w:t>
               </w:r>
               <w:r w:rsidRPr="00BE504C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>  </w:t>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="5529" w:type="dxa"/>
-              <w:tcBorders>
-[...5 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:hideMark/>
             </w:tcPr>
-            <w:p w:rsidRPr="00BE504C" w:rsidR="00BE504C" w:rsidP="00671107" w:rsidRDefault="01FE7D47" w14:paraId="5A2DE464" w14:textId="67898A41">
+            <w:p w14:paraId="5A2DE464" w14:textId="20A622ED" w:rsidR="00BE504C" w:rsidRPr="00BE504C" w:rsidRDefault="7FF3037E" w:rsidP="3E249FFB">
               <w:pPr>
                 <w:pStyle w:val="Footer"/>
-              </w:pPr>
-              <w:r w:rsidRPr="01FE7D47">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>March 2026</w:t>
+              </w:pPr>
+              <w:r w:rsidRPr="7FF3037E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>December 2028</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
-      <w:p w:rsidR="00013A0E" w:rsidRDefault="00013A0E" w14:paraId="033C9966" w14:textId="4FD30377">
+      <w:p w14:paraId="033C9966" w14:textId="4FD30377" w:rsidR="00013A0E" w:rsidRDefault="00013A0E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w:rsidRPr="00013A0E" w:rsidR="00013A0E" w:rsidRDefault="00013A0E" w14:paraId="3CEF889E" w14:textId="37C1072A">
+      <w:p w14:paraId="3CEF889E" w14:textId="37C1072A" w:rsidR="00013A0E" w:rsidRPr="00013A0E" w:rsidRDefault="00013A0E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00013A0E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00013A0E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -14325,215 +14627,215 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00013A0E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00013A0E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="008C4CEF" w:rsidRDefault="008C4CEF" w14:paraId="713A7D01" w14:textId="77777777">
+  <w:p w14:paraId="713A7D01" w14:textId="77777777" w:rsidR="008C4CEF" w:rsidRDefault="008C4CEF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
     </w:tblGrid>
-    <w:tr w:rsidR="01FE7D47" w:rsidTr="01FE7D47" w14:paraId="427B4019" w14:textId="77777777">
+    <w:tr w:rsidR="01FE7D47" w14:paraId="427B4019" w14:textId="77777777" w:rsidTr="01FE7D47">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="1E56F258" w14:textId="61B8617B">
+        <w:p w14:paraId="1E56F258" w14:textId="61B8617B" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="519BD884" w14:textId="4AA52FD6">
+        <w:p w14:paraId="519BD884" w14:textId="4AA52FD6" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="45C59B45" w14:textId="523D5174">
+        <w:p w14:paraId="45C59B45" w14:textId="523D5174" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="4F188F9F" w14:textId="3ED5C247">
+  <w:p w14:paraId="4F188F9F" w14:textId="3ED5C247" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001523BE" w:rsidP="008C4CEF" w:rsidRDefault="001523BE" w14:paraId="616365A4" w14:textId="77777777">
+    <w:p w14:paraId="29AAB9AF" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083" w:rsidP="008C4CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001523BE" w:rsidP="008C4CEF" w:rsidRDefault="001523BE" w14:paraId="3B5BEB13" w14:textId="77777777">
+    <w:p w14:paraId="0931D0B1" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083" w:rsidP="008C4CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="001523BE" w:rsidRDefault="001523BE" w14:paraId="11D96D5A" w14:textId="77777777">
+    <w:p w14:paraId="77424358" w14:textId="77777777" w:rsidR="00F44083" w:rsidRDefault="00F44083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
       <w:gridCol w:w="4650"/>
     </w:tblGrid>
-    <w:tr w:rsidR="01FE7D47" w:rsidTr="01FE7D47" w14:paraId="59D1C426" w14:textId="77777777">
+    <w:tr w:rsidR="01FE7D47" w14:paraId="59D1C426" w14:textId="77777777" w:rsidTr="01FE7D47">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="1396BFF4" w14:textId="12D459B2">
+        <w:p w14:paraId="1396BFF4" w14:textId="12D459B2" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="76709B01" w14:textId="6871A3F4">
+        <w:p w14:paraId="76709B01" w14:textId="6871A3F4" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="7C27F765" w14:textId="0D072CB0">
+        <w:p w14:paraId="7C27F765" w14:textId="0D072CB0" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="01FE7D47" w:rsidP="01FE7D47" w:rsidRDefault="01FE7D47" w14:paraId="1B097914" w14:textId="3E0DDB75">
+  <w:p w14:paraId="1B097914" w14:textId="3E0DDB75" w:rsidR="01FE7D47" w:rsidRDefault="01FE7D47" w:rsidP="01FE7D47">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00DD62C6" w:rsidRDefault="00DD62C6" w14:paraId="68142E88" w14:textId="310F2F1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68142E88" w14:textId="310F2F1B" w:rsidR="00DD62C6" w:rsidRDefault="00DD62C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="en-AU"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E8EF248" wp14:editId="708F78B1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>6477000</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-95885</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2808605" cy="989330"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
@@ -14585,734 +14887,854 @@
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02BD2AF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF9C1ADE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B4C6248"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56161EF0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3596EF0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54DA80FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0FA80AC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F1B41E28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="45729E48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9A5AD5B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5CC8BB02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AB6856F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AF246E58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9E1636FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="622818B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EC67158"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33522336"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F8511F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE92B84A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E7E0DF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="431A91F2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1374580329">
+  <w:num w:numId="1" w16cid:durableId="2071342958">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1374580329">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1818105109">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="981958595">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1388065529">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1818105109">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1271936346">
+  <w:num w:numId="6" w16cid:durableId="1271936346">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00157212"/>
-    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000034D1"/>
     <w:rsid w:val="0000529C"/>
     <w:rsid w:val="00013A0E"/>
     <w:rsid w:val="00013A26"/>
     <w:rsid w:val="00013E1E"/>
     <w:rsid w:val="000152CE"/>
     <w:rsid w:val="000156A4"/>
     <w:rsid w:val="00015DC8"/>
     <w:rsid w:val="00023D0C"/>
     <w:rsid w:val="000248D6"/>
     <w:rsid w:val="00024FCC"/>
     <w:rsid w:val="00026872"/>
     <w:rsid w:val="00030897"/>
+    <w:rsid w:val="0003104B"/>
     <w:rsid w:val="000326C6"/>
     <w:rsid w:val="00032768"/>
     <w:rsid w:val="00033C98"/>
     <w:rsid w:val="00034D1F"/>
     <w:rsid w:val="00035A2C"/>
     <w:rsid w:val="00036C83"/>
     <w:rsid w:val="000372C0"/>
     <w:rsid w:val="00037BA1"/>
     <w:rsid w:val="00041FA4"/>
     <w:rsid w:val="00043F1C"/>
     <w:rsid w:val="0004696B"/>
     <w:rsid w:val="00046F3B"/>
+    <w:rsid w:val="000503AD"/>
     <w:rsid w:val="00054018"/>
     <w:rsid w:val="0005420A"/>
     <w:rsid w:val="000571CD"/>
     <w:rsid w:val="000655B6"/>
     <w:rsid w:val="00065FF1"/>
     <w:rsid w:val="00067600"/>
     <w:rsid w:val="0007006C"/>
     <w:rsid w:val="00072AF3"/>
     <w:rsid w:val="000749A4"/>
     <w:rsid w:val="00080CA4"/>
     <w:rsid w:val="00080E83"/>
     <w:rsid w:val="000814FD"/>
     <w:rsid w:val="00081922"/>
     <w:rsid w:val="00097936"/>
     <w:rsid w:val="000A0F96"/>
     <w:rsid w:val="000A3BCF"/>
     <w:rsid w:val="000A671D"/>
     <w:rsid w:val="000A754A"/>
     <w:rsid w:val="000C1CA3"/>
     <w:rsid w:val="000C2D50"/>
     <w:rsid w:val="000C4156"/>
+    <w:rsid w:val="000C506A"/>
     <w:rsid w:val="000D1207"/>
     <w:rsid w:val="000D367E"/>
     <w:rsid w:val="000D5254"/>
     <w:rsid w:val="000E2861"/>
     <w:rsid w:val="000E2A93"/>
     <w:rsid w:val="000E2EF2"/>
     <w:rsid w:val="000E59C7"/>
     <w:rsid w:val="000E7480"/>
     <w:rsid w:val="000F0339"/>
     <w:rsid w:val="000F0DFA"/>
     <w:rsid w:val="001022C8"/>
     <w:rsid w:val="0010363F"/>
     <w:rsid w:val="001057B6"/>
     <w:rsid w:val="00114B22"/>
     <w:rsid w:val="00117DE2"/>
     <w:rsid w:val="00125628"/>
     <w:rsid w:val="00131DFC"/>
     <w:rsid w:val="00131EB1"/>
     <w:rsid w:val="00132689"/>
     <w:rsid w:val="001351CE"/>
     <w:rsid w:val="0013604B"/>
     <w:rsid w:val="001369DE"/>
     <w:rsid w:val="0014102A"/>
+    <w:rsid w:val="001421A3"/>
     <w:rsid w:val="001429CA"/>
     <w:rsid w:val="0014458B"/>
     <w:rsid w:val="00150069"/>
     <w:rsid w:val="001507E0"/>
     <w:rsid w:val="0015151A"/>
     <w:rsid w:val="00151533"/>
     <w:rsid w:val="001523BE"/>
     <w:rsid w:val="00152C15"/>
     <w:rsid w:val="00152F10"/>
     <w:rsid w:val="00154449"/>
     <w:rsid w:val="001546BA"/>
     <w:rsid w:val="00157212"/>
     <w:rsid w:val="00164173"/>
     <w:rsid w:val="00164513"/>
     <w:rsid w:val="00170F49"/>
+    <w:rsid w:val="0017101C"/>
     <w:rsid w:val="00174210"/>
     <w:rsid w:val="00176009"/>
     <w:rsid w:val="00176B71"/>
     <w:rsid w:val="0018192C"/>
     <w:rsid w:val="00186030"/>
     <w:rsid w:val="001900D8"/>
     <w:rsid w:val="001902F2"/>
     <w:rsid w:val="001A264F"/>
     <w:rsid w:val="001A2C79"/>
     <w:rsid w:val="001B3416"/>
     <w:rsid w:val="001B3A6C"/>
     <w:rsid w:val="001B442F"/>
     <w:rsid w:val="001B5BD4"/>
     <w:rsid w:val="001C0523"/>
     <w:rsid w:val="001C0CBA"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3FCA"/>
     <w:rsid w:val="001C48E3"/>
     <w:rsid w:val="001C5353"/>
     <w:rsid w:val="001D0AE1"/>
     <w:rsid w:val="001D515B"/>
     <w:rsid w:val="001D6D12"/>
     <w:rsid w:val="001F3032"/>
     <w:rsid w:val="001F5C4A"/>
     <w:rsid w:val="001F64E8"/>
@@ -15349,92 +15771,95 @@
     <w:rsid w:val="002617C9"/>
     <w:rsid w:val="00261EEC"/>
     <w:rsid w:val="002621D5"/>
     <w:rsid w:val="0026352D"/>
     <w:rsid w:val="00267395"/>
     <w:rsid w:val="002729FB"/>
     <w:rsid w:val="00282C3C"/>
     <w:rsid w:val="00286352"/>
     <w:rsid w:val="00291B85"/>
     <w:rsid w:val="00291E93"/>
     <w:rsid w:val="002944A3"/>
     <w:rsid w:val="0029454B"/>
     <w:rsid w:val="00294651"/>
     <w:rsid w:val="00294F88"/>
     <w:rsid w:val="00297463"/>
     <w:rsid w:val="002A7ACD"/>
     <w:rsid w:val="002B0B2B"/>
     <w:rsid w:val="002B46E4"/>
     <w:rsid w:val="002B63E3"/>
     <w:rsid w:val="002B6673"/>
     <w:rsid w:val="002B7AA8"/>
     <w:rsid w:val="002C3FCD"/>
     <w:rsid w:val="002D08AC"/>
     <w:rsid w:val="002D0E7F"/>
     <w:rsid w:val="002D1563"/>
+    <w:rsid w:val="002D1C1C"/>
     <w:rsid w:val="002D4C70"/>
     <w:rsid w:val="002D5D95"/>
     <w:rsid w:val="002E1D99"/>
     <w:rsid w:val="002E20A1"/>
     <w:rsid w:val="002E21A0"/>
     <w:rsid w:val="002E4698"/>
+    <w:rsid w:val="002E6414"/>
     <w:rsid w:val="002E7300"/>
     <w:rsid w:val="002F443A"/>
     <w:rsid w:val="002F724F"/>
     <w:rsid w:val="003000AC"/>
     <w:rsid w:val="003014B0"/>
     <w:rsid w:val="00303169"/>
     <w:rsid w:val="003033AD"/>
     <w:rsid w:val="00311C22"/>
     <w:rsid w:val="00313357"/>
     <w:rsid w:val="0032295C"/>
     <w:rsid w:val="00322DA7"/>
     <w:rsid w:val="00326978"/>
     <w:rsid w:val="0032797F"/>
     <w:rsid w:val="00330064"/>
     <w:rsid w:val="00330213"/>
     <w:rsid w:val="00334368"/>
     <w:rsid w:val="00342C83"/>
     <w:rsid w:val="003459A7"/>
     <w:rsid w:val="00350A04"/>
     <w:rsid w:val="00353AA6"/>
     <w:rsid w:val="00353B3B"/>
     <w:rsid w:val="00354039"/>
     <w:rsid w:val="00361C14"/>
     <w:rsid w:val="00362687"/>
     <w:rsid w:val="0036678C"/>
     <w:rsid w:val="003669A1"/>
     <w:rsid w:val="00374304"/>
     <w:rsid w:val="003758D2"/>
     <w:rsid w:val="00377904"/>
     <w:rsid w:val="0038084A"/>
     <w:rsid w:val="003821A9"/>
     <w:rsid w:val="00382282"/>
     <w:rsid w:val="00384A67"/>
     <w:rsid w:val="00387C01"/>
     <w:rsid w:val="00395426"/>
     <w:rsid w:val="00397A3A"/>
+    <w:rsid w:val="003A0F90"/>
     <w:rsid w:val="003A5B21"/>
     <w:rsid w:val="003A5C97"/>
     <w:rsid w:val="003A7B86"/>
     <w:rsid w:val="003B0275"/>
     <w:rsid w:val="003B2639"/>
     <w:rsid w:val="003B3833"/>
     <w:rsid w:val="003B654F"/>
     <w:rsid w:val="003B7261"/>
     <w:rsid w:val="003B7B9B"/>
     <w:rsid w:val="003C12DF"/>
     <w:rsid w:val="003D050E"/>
     <w:rsid w:val="003D15EF"/>
     <w:rsid w:val="003D2123"/>
     <w:rsid w:val="003D387E"/>
     <w:rsid w:val="003D3DAC"/>
     <w:rsid w:val="003D5354"/>
     <w:rsid w:val="003D7ECA"/>
     <w:rsid w:val="003E13A8"/>
     <w:rsid w:val="003E3AF3"/>
     <w:rsid w:val="003E47DB"/>
     <w:rsid w:val="003E7084"/>
     <w:rsid w:val="003E7559"/>
     <w:rsid w:val="003F0EE6"/>
     <w:rsid w:val="003F3E2A"/>
     <w:rsid w:val="003F5ACB"/>
@@ -15459,285 +15884,296 @@
     <w:rsid w:val="00486901"/>
     <w:rsid w:val="00495024"/>
     <w:rsid w:val="00495C30"/>
     <w:rsid w:val="0049765E"/>
     <w:rsid w:val="004A0644"/>
     <w:rsid w:val="004A0755"/>
     <w:rsid w:val="004A1B29"/>
     <w:rsid w:val="004A1BAC"/>
     <w:rsid w:val="004A323D"/>
     <w:rsid w:val="004A45BF"/>
     <w:rsid w:val="004B01AB"/>
     <w:rsid w:val="004B1701"/>
     <w:rsid w:val="004C1FBF"/>
     <w:rsid w:val="004C3846"/>
     <w:rsid w:val="004C4B57"/>
     <w:rsid w:val="004C7FA1"/>
     <w:rsid w:val="004D3D4E"/>
     <w:rsid w:val="004E2F8B"/>
     <w:rsid w:val="004E5598"/>
     <w:rsid w:val="004F24F6"/>
     <w:rsid w:val="004F4927"/>
     <w:rsid w:val="004F586B"/>
     <w:rsid w:val="004F5C46"/>
     <w:rsid w:val="004F613E"/>
     <w:rsid w:val="00506F33"/>
+    <w:rsid w:val="00512495"/>
     <w:rsid w:val="00512869"/>
     <w:rsid w:val="00517B3E"/>
     <w:rsid w:val="00517BB1"/>
     <w:rsid w:val="00520998"/>
     <w:rsid w:val="005244F7"/>
     <w:rsid w:val="00531303"/>
     <w:rsid w:val="005327C1"/>
     <w:rsid w:val="00534D1C"/>
     <w:rsid w:val="00536FD1"/>
     <w:rsid w:val="0054378C"/>
     <w:rsid w:val="00551101"/>
     <w:rsid w:val="00553092"/>
     <w:rsid w:val="005545CD"/>
     <w:rsid w:val="005564A2"/>
     <w:rsid w:val="005622FE"/>
     <w:rsid w:val="005630A4"/>
     <w:rsid w:val="00563A49"/>
     <w:rsid w:val="00567394"/>
     <w:rsid w:val="005679F7"/>
     <w:rsid w:val="00575298"/>
     <w:rsid w:val="00576243"/>
     <w:rsid w:val="00577EEF"/>
     <w:rsid w:val="00580112"/>
     <w:rsid w:val="0058232F"/>
     <w:rsid w:val="00587780"/>
     <w:rsid w:val="00592588"/>
     <w:rsid w:val="0059725E"/>
     <w:rsid w:val="005979BE"/>
     <w:rsid w:val="005B303C"/>
     <w:rsid w:val="005B39D5"/>
     <w:rsid w:val="005B7F14"/>
     <w:rsid w:val="005C2487"/>
     <w:rsid w:val="005C3D3E"/>
     <w:rsid w:val="005D2FF8"/>
     <w:rsid w:val="005D3B06"/>
     <w:rsid w:val="005D5B2A"/>
     <w:rsid w:val="005E0E12"/>
     <w:rsid w:val="005E0F1F"/>
     <w:rsid w:val="005F17BE"/>
     <w:rsid w:val="005F3685"/>
     <w:rsid w:val="005F4A8D"/>
     <w:rsid w:val="005F4B72"/>
     <w:rsid w:val="005F62E2"/>
     <w:rsid w:val="006012FE"/>
     <w:rsid w:val="006030F5"/>
     <w:rsid w:val="00607AB3"/>
     <w:rsid w:val="00611184"/>
     <w:rsid w:val="006116B7"/>
     <w:rsid w:val="00612B3F"/>
     <w:rsid w:val="00614350"/>
+    <w:rsid w:val="006148F1"/>
     <w:rsid w:val="00615412"/>
     <w:rsid w:val="006170FF"/>
     <w:rsid w:val="006205D6"/>
     <w:rsid w:val="0062751E"/>
     <w:rsid w:val="006304C0"/>
     <w:rsid w:val="006347A9"/>
     <w:rsid w:val="00641321"/>
     <w:rsid w:val="00641C75"/>
     <w:rsid w:val="00646396"/>
     <w:rsid w:val="0065019A"/>
     <w:rsid w:val="006531B6"/>
     <w:rsid w:val="00653787"/>
     <w:rsid w:val="00656148"/>
     <w:rsid w:val="00657E90"/>
     <w:rsid w:val="00665944"/>
     <w:rsid w:val="00670BD3"/>
     <w:rsid w:val="00671107"/>
     <w:rsid w:val="00671AD3"/>
     <w:rsid w:val="00672800"/>
     <w:rsid w:val="00675357"/>
     <w:rsid w:val="0067689F"/>
     <w:rsid w:val="00676C67"/>
     <w:rsid w:val="0068021E"/>
     <w:rsid w:val="00680EAF"/>
     <w:rsid w:val="00682083"/>
+    <w:rsid w:val="00691667"/>
     <w:rsid w:val="00697491"/>
     <w:rsid w:val="006A0876"/>
     <w:rsid w:val="006A1526"/>
     <w:rsid w:val="006B0ACD"/>
     <w:rsid w:val="006B36EF"/>
     <w:rsid w:val="006C0727"/>
     <w:rsid w:val="006C454B"/>
     <w:rsid w:val="006C70DC"/>
     <w:rsid w:val="006D144C"/>
     <w:rsid w:val="006D28EA"/>
     <w:rsid w:val="006D2EF4"/>
     <w:rsid w:val="006D2F6E"/>
     <w:rsid w:val="006D77F3"/>
     <w:rsid w:val="006F4B02"/>
     <w:rsid w:val="006F6D88"/>
     <w:rsid w:val="00700A74"/>
     <w:rsid w:val="00701927"/>
     <w:rsid w:val="00702CE7"/>
     <w:rsid w:val="00707F99"/>
     <w:rsid w:val="00711B52"/>
     <w:rsid w:val="007213DE"/>
     <w:rsid w:val="00724667"/>
     <w:rsid w:val="00725904"/>
     <w:rsid w:val="00727138"/>
     <w:rsid w:val="0074304E"/>
     <w:rsid w:val="00744022"/>
     <w:rsid w:val="00751DE6"/>
     <w:rsid w:val="00752E13"/>
     <w:rsid w:val="0076051D"/>
+    <w:rsid w:val="00764355"/>
     <w:rsid w:val="007652FA"/>
     <w:rsid w:val="007654D2"/>
     <w:rsid w:val="007657FA"/>
     <w:rsid w:val="00766722"/>
     <w:rsid w:val="00766E2F"/>
     <w:rsid w:val="00767BCE"/>
     <w:rsid w:val="00768996"/>
     <w:rsid w:val="00772F90"/>
     <w:rsid w:val="00774556"/>
     <w:rsid w:val="0077503C"/>
     <w:rsid w:val="00775135"/>
     <w:rsid w:val="00775404"/>
     <w:rsid w:val="00777BA8"/>
     <w:rsid w:val="0078008D"/>
     <w:rsid w:val="00780B00"/>
     <w:rsid w:val="0078613A"/>
+    <w:rsid w:val="00786B03"/>
     <w:rsid w:val="00793916"/>
     <w:rsid w:val="00796F25"/>
     <w:rsid w:val="007A0B50"/>
     <w:rsid w:val="007A59B3"/>
     <w:rsid w:val="007A69CF"/>
     <w:rsid w:val="007B18C8"/>
     <w:rsid w:val="007B1D7E"/>
     <w:rsid w:val="007B5D19"/>
     <w:rsid w:val="007C0B3F"/>
     <w:rsid w:val="007C1420"/>
     <w:rsid w:val="007C17E2"/>
     <w:rsid w:val="007C6EAA"/>
     <w:rsid w:val="007D19B0"/>
     <w:rsid w:val="007D1B3D"/>
     <w:rsid w:val="007E0490"/>
     <w:rsid w:val="007E1354"/>
     <w:rsid w:val="007F1B46"/>
     <w:rsid w:val="007F3C27"/>
     <w:rsid w:val="007F66BB"/>
     <w:rsid w:val="007F77BA"/>
     <w:rsid w:val="00802F09"/>
     <w:rsid w:val="0080303D"/>
     <w:rsid w:val="008034A7"/>
     <w:rsid w:val="00804F93"/>
     <w:rsid w:val="008127BA"/>
     <w:rsid w:val="008144CA"/>
     <w:rsid w:val="00814706"/>
     <w:rsid w:val="008147DB"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00826E79"/>
     <w:rsid w:val="00831813"/>
     <w:rsid w:val="00832281"/>
     <w:rsid w:val="0083633F"/>
     <w:rsid w:val="00837A84"/>
     <w:rsid w:val="008421A0"/>
+    <w:rsid w:val="008431F2"/>
     <w:rsid w:val="00845B5F"/>
     <w:rsid w:val="008508B8"/>
+    <w:rsid w:val="00851C9B"/>
     <w:rsid w:val="00853886"/>
     <w:rsid w:val="00857D7D"/>
     <w:rsid w:val="0086437D"/>
     <w:rsid w:val="008644C0"/>
+    <w:rsid w:val="008734C4"/>
     <w:rsid w:val="00873521"/>
     <w:rsid w:val="008767F4"/>
     <w:rsid w:val="008810CE"/>
     <w:rsid w:val="008852EA"/>
     <w:rsid w:val="008902C6"/>
     <w:rsid w:val="008912CC"/>
     <w:rsid w:val="00894804"/>
     <w:rsid w:val="008959D1"/>
     <w:rsid w:val="008A1FD6"/>
     <w:rsid w:val="008A58D4"/>
     <w:rsid w:val="008B1853"/>
     <w:rsid w:val="008B2688"/>
     <w:rsid w:val="008B30D3"/>
     <w:rsid w:val="008B3624"/>
     <w:rsid w:val="008B450A"/>
     <w:rsid w:val="008C4677"/>
     <w:rsid w:val="008C4CEF"/>
     <w:rsid w:val="008C7DCA"/>
     <w:rsid w:val="008D398C"/>
     <w:rsid w:val="008D5540"/>
     <w:rsid w:val="008D58FD"/>
     <w:rsid w:val="008D6D64"/>
     <w:rsid w:val="008E3ADC"/>
     <w:rsid w:val="008E4B7D"/>
     <w:rsid w:val="008E4BC4"/>
     <w:rsid w:val="008E56FC"/>
     <w:rsid w:val="008F7336"/>
     <w:rsid w:val="009037D9"/>
     <w:rsid w:val="00905804"/>
     <w:rsid w:val="0091014F"/>
+    <w:rsid w:val="00912CD2"/>
     <w:rsid w:val="009155B7"/>
     <w:rsid w:val="00921083"/>
     <w:rsid w:val="00922276"/>
     <w:rsid w:val="00922636"/>
     <w:rsid w:val="0093224F"/>
     <w:rsid w:val="00934B48"/>
     <w:rsid w:val="00935620"/>
     <w:rsid w:val="00935773"/>
     <w:rsid w:val="00937370"/>
     <w:rsid w:val="009374C4"/>
     <w:rsid w:val="009377C9"/>
     <w:rsid w:val="00941C3B"/>
     <w:rsid w:val="00942038"/>
     <w:rsid w:val="009456E9"/>
     <w:rsid w:val="00947980"/>
     <w:rsid w:val="0095588A"/>
     <w:rsid w:val="009559D8"/>
     <w:rsid w:val="00955DDC"/>
     <w:rsid w:val="00964FE4"/>
     <w:rsid w:val="009663FD"/>
     <w:rsid w:val="00966682"/>
     <w:rsid w:val="00977A4C"/>
     <w:rsid w:val="00982852"/>
     <w:rsid w:val="00983F27"/>
     <w:rsid w:val="00985AFC"/>
     <w:rsid w:val="00986A4C"/>
     <w:rsid w:val="00990F5B"/>
     <w:rsid w:val="00997398"/>
     <w:rsid w:val="009A06B4"/>
     <w:rsid w:val="009A0E36"/>
     <w:rsid w:val="009A15FD"/>
     <w:rsid w:val="009A23AF"/>
     <w:rsid w:val="009A2FBA"/>
     <w:rsid w:val="009B1B71"/>
     <w:rsid w:val="009B211C"/>
     <w:rsid w:val="009C4117"/>
     <w:rsid w:val="009D539F"/>
     <w:rsid w:val="009D7E1B"/>
     <w:rsid w:val="009E11B6"/>
     <w:rsid w:val="009E1DEB"/>
     <w:rsid w:val="009E7646"/>
+    <w:rsid w:val="009F0744"/>
     <w:rsid w:val="009F2632"/>
     <w:rsid w:val="009F2FA4"/>
     <w:rsid w:val="009F332C"/>
+    <w:rsid w:val="009F7F89"/>
     <w:rsid w:val="00A0486C"/>
     <w:rsid w:val="00A07675"/>
     <w:rsid w:val="00A15EAA"/>
     <w:rsid w:val="00A17C55"/>
     <w:rsid w:val="00A20556"/>
     <w:rsid w:val="00A22C35"/>
     <w:rsid w:val="00A308E3"/>
     <w:rsid w:val="00A34040"/>
     <w:rsid w:val="00A34213"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A444D2"/>
     <w:rsid w:val="00A45556"/>
     <w:rsid w:val="00A45B59"/>
     <w:rsid w:val="00A45C94"/>
     <w:rsid w:val="00A513F4"/>
     <w:rsid w:val="00A5655A"/>
     <w:rsid w:val="00A56F50"/>
     <w:rsid w:val="00A62359"/>
     <w:rsid w:val="00A663FE"/>
     <w:rsid w:val="00A70455"/>
     <w:rsid w:val="00A71E70"/>
     <w:rsid w:val="00A7483F"/>
     <w:rsid w:val="00A7539D"/>
     <w:rsid w:val="00A76AD9"/>
     <w:rsid w:val="00A82EEC"/>
@@ -15754,50 +16190,51 @@
     <w:rsid w:val="00AC3877"/>
     <w:rsid w:val="00AD06CF"/>
     <w:rsid w:val="00AD1D9D"/>
     <w:rsid w:val="00AD444E"/>
     <w:rsid w:val="00AD65FE"/>
     <w:rsid w:val="00AD7BE9"/>
     <w:rsid w:val="00AE137F"/>
     <w:rsid w:val="00AE40ED"/>
     <w:rsid w:val="00AF253A"/>
     <w:rsid w:val="00AF6753"/>
     <w:rsid w:val="00B01C29"/>
     <w:rsid w:val="00B03126"/>
     <w:rsid w:val="00B043FC"/>
     <w:rsid w:val="00B05C8E"/>
     <w:rsid w:val="00B12866"/>
     <w:rsid w:val="00B15E12"/>
     <w:rsid w:val="00B168FA"/>
     <w:rsid w:val="00B16983"/>
     <w:rsid w:val="00B26829"/>
     <w:rsid w:val="00B27674"/>
     <w:rsid w:val="00B329E3"/>
     <w:rsid w:val="00B3449C"/>
     <w:rsid w:val="00B34E5A"/>
     <w:rsid w:val="00B3567C"/>
     <w:rsid w:val="00B35D57"/>
+    <w:rsid w:val="00B35DD8"/>
     <w:rsid w:val="00B369DD"/>
     <w:rsid w:val="00B37B66"/>
     <w:rsid w:val="00B41055"/>
     <w:rsid w:val="00B42AF0"/>
     <w:rsid w:val="00B430B4"/>
     <w:rsid w:val="00B5781E"/>
     <w:rsid w:val="00B63983"/>
     <w:rsid w:val="00B64570"/>
     <w:rsid w:val="00B72D90"/>
     <w:rsid w:val="00B75104"/>
     <w:rsid w:val="00B77BDC"/>
     <w:rsid w:val="00B87344"/>
     <w:rsid w:val="00B875AC"/>
     <w:rsid w:val="00B904B2"/>
     <w:rsid w:val="00B91C8E"/>
     <w:rsid w:val="00B956DC"/>
     <w:rsid w:val="00BA12CA"/>
     <w:rsid w:val="00BA3F4B"/>
     <w:rsid w:val="00BA7C2F"/>
     <w:rsid w:val="00BB04A8"/>
     <w:rsid w:val="00BB3C58"/>
     <w:rsid w:val="00BB5725"/>
     <w:rsid w:val="00BB743A"/>
     <w:rsid w:val="00BC07A0"/>
     <w:rsid w:val="00BC209E"/>
@@ -15812,86 +16249,88 @@
     <w:rsid w:val="00BE15EC"/>
     <w:rsid w:val="00BE18AE"/>
     <w:rsid w:val="00BE504C"/>
     <w:rsid w:val="00BE5149"/>
     <w:rsid w:val="00BE68AC"/>
     <w:rsid w:val="00BF456E"/>
     <w:rsid w:val="00C0024F"/>
     <w:rsid w:val="00C0027F"/>
     <w:rsid w:val="00C02370"/>
     <w:rsid w:val="00C05E5E"/>
     <w:rsid w:val="00C07566"/>
     <w:rsid w:val="00C117EE"/>
     <w:rsid w:val="00C15072"/>
     <w:rsid w:val="00C166E2"/>
     <w:rsid w:val="00C17A97"/>
     <w:rsid w:val="00C24701"/>
     <w:rsid w:val="00C267AA"/>
     <w:rsid w:val="00C30CE9"/>
     <w:rsid w:val="00C3565C"/>
     <w:rsid w:val="00C369C3"/>
     <w:rsid w:val="00C373CE"/>
     <w:rsid w:val="00C50AE0"/>
     <w:rsid w:val="00C516B5"/>
     <w:rsid w:val="00C53D9B"/>
     <w:rsid w:val="00C60087"/>
+    <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C60BEB"/>
     <w:rsid w:val="00C71353"/>
     <w:rsid w:val="00C73173"/>
     <w:rsid w:val="00C73C29"/>
     <w:rsid w:val="00C742AF"/>
     <w:rsid w:val="00C75DB4"/>
     <w:rsid w:val="00C76DD1"/>
     <w:rsid w:val="00C80111"/>
     <w:rsid w:val="00C82B58"/>
     <w:rsid w:val="00C87492"/>
     <w:rsid w:val="00C90784"/>
     <w:rsid w:val="00C90ABA"/>
     <w:rsid w:val="00C9224B"/>
     <w:rsid w:val="00C942C7"/>
     <w:rsid w:val="00C9651E"/>
     <w:rsid w:val="00CA1C7F"/>
     <w:rsid w:val="00CA1CC7"/>
     <w:rsid w:val="00CA38F8"/>
     <w:rsid w:val="00CA444A"/>
     <w:rsid w:val="00CA5ABD"/>
     <w:rsid w:val="00CB1FDD"/>
     <w:rsid w:val="00CB2E7C"/>
     <w:rsid w:val="00CB684F"/>
     <w:rsid w:val="00CC1FA4"/>
     <w:rsid w:val="00CC28B3"/>
     <w:rsid w:val="00CC2ACC"/>
     <w:rsid w:val="00CC3EA8"/>
     <w:rsid w:val="00CC4222"/>
     <w:rsid w:val="00CC4BF0"/>
     <w:rsid w:val="00CC529B"/>
     <w:rsid w:val="00CC6F1F"/>
     <w:rsid w:val="00CD0BA0"/>
     <w:rsid w:val="00CD15EE"/>
     <w:rsid w:val="00CD1AAE"/>
     <w:rsid w:val="00CD32E2"/>
     <w:rsid w:val="00CD3C8C"/>
+    <w:rsid w:val="00CD6FDC"/>
     <w:rsid w:val="00CD720A"/>
     <w:rsid w:val="00CD7607"/>
     <w:rsid w:val="00CD78A3"/>
     <w:rsid w:val="00CE092A"/>
     <w:rsid w:val="00CE118A"/>
     <w:rsid w:val="00CE682C"/>
     <w:rsid w:val="00CF1950"/>
     <w:rsid w:val="00CF5414"/>
     <w:rsid w:val="00D02187"/>
     <w:rsid w:val="00D04ACB"/>
     <w:rsid w:val="00D05580"/>
     <w:rsid w:val="00D06AA7"/>
     <w:rsid w:val="00D1076B"/>
     <w:rsid w:val="00D10F44"/>
     <w:rsid w:val="00D11C51"/>
     <w:rsid w:val="00D163D2"/>
     <w:rsid w:val="00D16CB1"/>
     <w:rsid w:val="00D2139E"/>
     <w:rsid w:val="00D21C61"/>
     <w:rsid w:val="00D23A2E"/>
     <w:rsid w:val="00D256CE"/>
     <w:rsid w:val="00D27FD0"/>
     <w:rsid w:val="00D40227"/>
     <w:rsid w:val="00D43492"/>
     <w:rsid w:val="00D43C8D"/>
@@ -15964,50 +16403,51 @@
     <w:rsid w:val="00EA3130"/>
     <w:rsid w:val="00EB0FBA"/>
     <w:rsid w:val="00EB5AA7"/>
     <w:rsid w:val="00EB6B89"/>
     <w:rsid w:val="00EB7156"/>
     <w:rsid w:val="00EC1E1A"/>
     <w:rsid w:val="00EC5638"/>
     <w:rsid w:val="00EC7243"/>
     <w:rsid w:val="00ED66B0"/>
     <w:rsid w:val="00EE2F51"/>
     <w:rsid w:val="00EE509A"/>
     <w:rsid w:val="00EF0690"/>
     <w:rsid w:val="00EF4F5F"/>
     <w:rsid w:val="00F02A85"/>
     <w:rsid w:val="00F06AB5"/>
     <w:rsid w:val="00F074B0"/>
     <w:rsid w:val="00F129F2"/>
     <w:rsid w:val="00F133F3"/>
     <w:rsid w:val="00F14463"/>
     <w:rsid w:val="00F25BC6"/>
     <w:rsid w:val="00F261CB"/>
     <w:rsid w:val="00F26B01"/>
     <w:rsid w:val="00F31DB5"/>
     <w:rsid w:val="00F3468F"/>
     <w:rsid w:val="00F43329"/>
+    <w:rsid w:val="00F44083"/>
     <w:rsid w:val="00F52114"/>
     <w:rsid w:val="00F53962"/>
     <w:rsid w:val="00F55BC3"/>
     <w:rsid w:val="00F55F40"/>
     <w:rsid w:val="00F57212"/>
     <w:rsid w:val="00F62AC8"/>
     <w:rsid w:val="00F62EA3"/>
     <w:rsid w:val="00F66D1B"/>
     <w:rsid w:val="00F709E5"/>
     <w:rsid w:val="00F73907"/>
     <w:rsid w:val="00F7406F"/>
     <w:rsid w:val="00F755AB"/>
     <w:rsid w:val="00F75A83"/>
     <w:rsid w:val="00F75AC2"/>
     <w:rsid w:val="00F76435"/>
     <w:rsid w:val="00F76BC6"/>
     <w:rsid w:val="00F83FDF"/>
     <w:rsid w:val="00F852D6"/>
     <w:rsid w:val="00F85DE1"/>
     <w:rsid w:val="00F86059"/>
     <w:rsid w:val="00F862BB"/>
     <w:rsid w:val="00F8645A"/>
     <w:rsid w:val="00FA22EC"/>
     <w:rsid w:val="00FA23F5"/>
     <w:rsid w:val="00FA45F0"/>
@@ -16015,341 +16455,383 @@
     <w:rsid w:val="00FB2127"/>
     <w:rsid w:val="00FB420A"/>
     <w:rsid w:val="00FB47A6"/>
     <w:rsid w:val="00FB6D81"/>
     <w:rsid w:val="00FBD5F1"/>
     <w:rsid w:val="00FC11AC"/>
     <w:rsid w:val="00FC2796"/>
     <w:rsid w:val="00FD378C"/>
     <w:rsid w:val="00FD4361"/>
     <w:rsid w:val="00FD5C50"/>
     <w:rsid w:val="00FD63E9"/>
     <w:rsid w:val="00FD7389"/>
     <w:rsid w:val="00FE3C95"/>
     <w:rsid w:val="00FE5BFB"/>
     <w:rsid w:val="00FF5281"/>
     <w:rsid w:val="00FF5B0D"/>
     <w:rsid w:val="00FF6031"/>
     <w:rsid w:val="01595E02"/>
     <w:rsid w:val="01A419DB"/>
     <w:rsid w:val="01FE7D47"/>
     <w:rsid w:val="02354384"/>
     <w:rsid w:val="027C388F"/>
     <w:rsid w:val="02FFC9B2"/>
     <w:rsid w:val="0305FECD"/>
     <w:rsid w:val="034DA8A4"/>
+    <w:rsid w:val="0557DE04"/>
     <w:rsid w:val="0672EBA7"/>
+    <w:rsid w:val="06BA173F"/>
     <w:rsid w:val="06FAF361"/>
+    <w:rsid w:val="07BA1DC6"/>
     <w:rsid w:val="08402C33"/>
+    <w:rsid w:val="08D7728A"/>
+    <w:rsid w:val="08DDA4EC"/>
     <w:rsid w:val="08FAA725"/>
     <w:rsid w:val="091E9F36"/>
+    <w:rsid w:val="0A4C3057"/>
+    <w:rsid w:val="0B37F469"/>
     <w:rsid w:val="0CC0C1F9"/>
     <w:rsid w:val="0D6A1EB0"/>
     <w:rsid w:val="0DE11336"/>
     <w:rsid w:val="101FDAA6"/>
     <w:rsid w:val="10284ACF"/>
     <w:rsid w:val="102F0F65"/>
     <w:rsid w:val="10D320F1"/>
     <w:rsid w:val="11A2E070"/>
     <w:rsid w:val="12056E49"/>
     <w:rsid w:val="1227D0D8"/>
     <w:rsid w:val="14D12A7B"/>
     <w:rsid w:val="16053537"/>
     <w:rsid w:val="160E7293"/>
     <w:rsid w:val="17A1A554"/>
     <w:rsid w:val="17F680D4"/>
     <w:rsid w:val="182CC98D"/>
     <w:rsid w:val="197CAEF0"/>
     <w:rsid w:val="198B38C5"/>
+    <w:rsid w:val="19BB5DF1"/>
+    <w:rsid w:val="1B048B6B"/>
     <w:rsid w:val="1B4D95CC"/>
+    <w:rsid w:val="1B660B5E"/>
     <w:rsid w:val="1B906544"/>
+    <w:rsid w:val="1BF35DA1"/>
     <w:rsid w:val="1D092DA5"/>
+    <w:rsid w:val="1D78D608"/>
+    <w:rsid w:val="1D82B974"/>
     <w:rsid w:val="1E3EF05A"/>
     <w:rsid w:val="1E430DBD"/>
     <w:rsid w:val="1F227CC0"/>
     <w:rsid w:val="216E0E4D"/>
+    <w:rsid w:val="21E571D7"/>
     <w:rsid w:val="224C56CE"/>
     <w:rsid w:val="22C92568"/>
     <w:rsid w:val="2358EB47"/>
     <w:rsid w:val="24558874"/>
     <w:rsid w:val="25486B19"/>
+    <w:rsid w:val="259D13FC"/>
     <w:rsid w:val="25F89C75"/>
     <w:rsid w:val="26855C11"/>
+    <w:rsid w:val="26ED10A5"/>
     <w:rsid w:val="28213606"/>
     <w:rsid w:val="2862140D"/>
     <w:rsid w:val="286366D0"/>
     <w:rsid w:val="2A2F34C4"/>
     <w:rsid w:val="2A7322B6"/>
     <w:rsid w:val="2AC7040D"/>
     <w:rsid w:val="2B51E5A8"/>
     <w:rsid w:val="2C0883FC"/>
     <w:rsid w:val="2C4EFC3A"/>
     <w:rsid w:val="2CB55DD1"/>
     <w:rsid w:val="2D2AAC65"/>
     <w:rsid w:val="2D39970D"/>
     <w:rsid w:val="2EC3D3FA"/>
     <w:rsid w:val="2F1F1627"/>
     <w:rsid w:val="301A2257"/>
     <w:rsid w:val="30DB04DD"/>
     <w:rsid w:val="314CAEED"/>
     <w:rsid w:val="31672436"/>
+    <w:rsid w:val="31BF2D1C"/>
     <w:rsid w:val="323FC5A6"/>
     <w:rsid w:val="32E2EF88"/>
     <w:rsid w:val="3414CF99"/>
     <w:rsid w:val="34476386"/>
     <w:rsid w:val="34A1296C"/>
     <w:rsid w:val="34DFDC53"/>
     <w:rsid w:val="35AB4E14"/>
     <w:rsid w:val="35F2CAF8"/>
+    <w:rsid w:val="375AD281"/>
     <w:rsid w:val="3773BE90"/>
     <w:rsid w:val="37D32089"/>
     <w:rsid w:val="37F62FD9"/>
     <w:rsid w:val="382EFE48"/>
     <w:rsid w:val="38B0A0ED"/>
     <w:rsid w:val="39928BD5"/>
     <w:rsid w:val="3B8D39E5"/>
     <w:rsid w:val="3BEAD8A8"/>
     <w:rsid w:val="3C75EED3"/>
     <w:rsid w:val="3CC79E0F"/>
     <w:rsid w:val="3CD4C50B"/>
     <w:rsid w:val="3CDBA84E"/>
+    <w:rsid w:val="3E249FFB"/>
     <w:rsid w:val="3E33B4AB"/>
+    <w:rsid w:val="3EBE8268"/>
     <w:rsid w:val="3F5F458C"/>
+    <w:rsid w:val="3FA2D032"/>
     <w:rsid w:val="3FA65855"/>
     <w:rsid w:val="3FC14688"/>
     <w:rsid w:val="4134E163"/>
     <w:rsid w:val="4147763D"/>
     <w:rsid w:val="43315CCF"/>
     <w:rsid w:val="45C6913F"/>
     <w:rsid w:val="45CC1288"/>
+    <w:rsid w:val="46104903"/>
     <w:rsid w:val="462451CD"/>
     <w:rsid w:val="4694137D"/>
     <w:rsid w:val="46E6B692"/>
     <w:rsid w:val="46F6CA40"/>
     <w:rsid w:val="47D34F34"/>
     <w:rsid w:val="47EC80D2"/>
+    <w:rsid w:val="4959D05E"/>
     <w:rsid w:val="49A95765"/>
     <w:rsid w:val="49D8C7CC"/>
     <w:rsid w:val="4AEBFCD9"/>
+    <w:rsid w:val="4BCB7B30"/>
     <w:rsid w:val="4C38A17B"/>
+    <w:rsid w:val="4C8B6C79"/>
     <w:rsid w:val="4C8F99C4"/>
     <w:rsid w:val="4D0AD992"/>
     <w:rsid w:val="4D57A757"/>
     <w:rsid w:val="4D6239CB"/>
     <w:rsid w:val="4DF32993"/>
     <w:rsid w:val="4E115F8A"/>
     <w:rsid w:val="4E1BACA8"/>
     <w:rsid w:val="4E5F5156"/>
     <w:rsid w:val="4E68E5F5"/>
     <w:rsid w:val="4F7FEB50"/>
     <w:rsid w:val="5058CD1C"/>
     <w:rsid w:val="5071BA86"/>
     <w:rsid w:val="50CD6126"/>
+    <w:rsid w:val="50FC7BBE"/>
     <w:rsid w:val="511680B6"/>
     <w:rsid w:val="5145C20E"/>
     <w:rsid w:val="5172C440"/>
     <w:rsid w:val="5215E1DE"/>
     <w:rsid w:val="52F3C83E"/>
     <w:rsid w:val="53CB83E4"/>
     <w:rsid w:val="53EE9DD5"/>
     <w:rsid w:val="54BB0F54"/>
     <w:rsid w:val="5500C0D0"/>
     <w:rsid w:val="554FCB2A"/>
     <w:rsid w:val="5564862C"/>
     <w:rsid w:val="55B02BFA"/>
     <w:rsid w:val="55D5EE5F"/>
     <w:rsid w:val="5646A116"/>
     <w:rsid w:val="56A19112"/>
+    <w:rsid w:val="57F20136"/>
     <w:rsid w:val="593BBD5E"/>
     <w:rsid w:val="595C5A81"/>
+    <w:rsid w:val="5AB601B7"/>
     <w:rsid w:val="5AE6277B"/>
     <w:rsid w:val="5B0B5AA7"/>
     <w:rsid w:val="5BA66F33"/>
     <w:rsid w:val="5C291A93"/>
     <w:rsid w:val="5C3B2111"/>
     <w:rsid w:val="5C4B703E"/>
     <w:rsid w:val="5C85B132"/>
     <w:rsid w:val="5C9DC8B4"/>
+    <w:rsid w:val="5CB9D55A"/>
     <w:rsid w:val="5D529B5A"/>
     <w:rsid w:val="5D75DA67"/>
+    <w:rsid w:val="5DFD08D0"/>
     <w:rsid w:val="5E553926"/>
     <w:rsid w:val="618D7098"/>
+    <w:rsid w:val="62CEFB95"/>
     <w:rsid w:val="632B5394"/>
     <w:rsid w:val="63599482"/>
     <w:rsid w:val="6397142D"/>
     <w:rsid w:val="63E9FF26"/>
     <w:rsid w:val="64ADD21C"/>
     <w:rsid w:val="656C7613"/>
     <w:rsid w:val="656E3375"/>
     <w:rsid w:val="65B903B5"/>
     <w:rsid w:val="667CA7C1"/>
+    <w:rsid w:val="6730ABA2"/>
+    <w:rsid w:val="67816DD4"/>
+    <w:rsid w:val="67AB3FEF"/>
     <w:rsid w:val="69A4E6A3"/>
     <w:rsid w:val="69D04F85"/>
+    <w:rsid w:val="6ACD7F60"/>
     <w:rsid w:val="6C5EE816"/>
     <w:rsid w:val="6C77C85C"/>
     <w:rsid w:val="6D2D5D20"/>
     <w:rsid w:val="6D334E86"/>
+    <w:rsid w:val="6E2178EB"/>
     <w:rsid w:val="6EBD3BC3"/>
     <w:rsid w:val="7059C01E"/>
     <w:rsid w:val="715A8956"/>
+    <w:rsid w:val="7295F042"/>
     <w:rsid w:val="72BED1B6"/>
     <w:rsid w:val="7319840E"/>
     <w:rsid w:val="737D45EA"/>
     <w:rsid w:val="7417FE49"/>
     <w:rsid w:val="7466C0E6"/>
     <w:rsid w:val="748FAFEB"/>
     <w:rsid w:val="75245258"/>
+    <w:rsid w:val="75ADFFB5"/>
     <w:rsid w:val="76E12309"/>
     <w:rsid w:val="76E95E7C"/>
     <w:rsid w:val="7747CDE0"/>
     <w:rsid w:val="78D2A1D3"/>
     <w:rsid w:val="7954E9D5"/>
     <w:rsid w:val="79A5CF44"/>
+    <w:rsid w:val="79AACE76"/>
     <w:rsid w:val="7A1C4FB0"/>
     <w:rsid w:val="7A27A27A"/>
     <w:rsid w:val="7A2EE005"/>
     <w:rsid w:val="7A656DDD"/>
     <w:rsid w:val="7ABF36FB"/>
+    <w:rsid w:val="7B1FACA6"/>
     <w:rsid w:val="7B7FF1BD"/>
     <w:rsid w:val="7B911985"/>
+    <w:rsid w:val="7C69C65A"/>
+    <w:rsid w:val="7FF3037E"/>
     <w:rsid w:val="7FFE8B25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="10E98AA6"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E32D4130-B0EF-4ACA-B1C0-9710EBFDF552}"/>
+  <w15:docId w15:val="{0D6EE05E-2730-45BE-A094-4243F669CAE5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16505,52 +16987,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -16617,322 +17099,304 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007C6EAA"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00157212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006892"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00157212"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006892"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00157212"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00157212"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00157212"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid2" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:rsid w:val="00157212"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Batang" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Batang" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00157212"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C4CEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C4CEF"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C4CEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C4CEF"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F2FA4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F2FA4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F2FA4"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F2FA4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009F2FA4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE11B3"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
@@ -16961,50 +17425,76 @@
     <w:rsid w:val="003E47DB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="284965254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="430248210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1196430858">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
         <w:div w:id="635333211">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="584076555">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1208444946">
@@ -17025,402 +17515,324 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1227456058">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1161391747">
+        <w:div w:id="824082405">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="449084346">
+            <w:div w:id="236520456">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="978344049">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1233466086">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="824082405">
+        <w:div w:id="1161391747">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="236520456">
+            <w:div w:id="449084346">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1340277296">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1499926368">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1464038944">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="176308211">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1933395586">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="501092099">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1464038944">
-[...76 lines deleted...]
-        </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="705259641">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1160845757">
-[...36 lines deleted...]
-        </w:div>
         <w:div w:id="72164386">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1818951953">
-              <w:marLeft w:val="0"/>
-[...24 lines deleted...]
-            <w:div w:id="920674139">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1136486001">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1371686398">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1579711391">
+        <w:div w:id="1160845757">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="746154000">
+            <w:div w:id="375155594">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1018509281">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1504468433">
+        <w:div w:id="1193953114">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="748691574">
+            <w:div w:id="1901792145">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1256784717">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -17442,155 +17854,311 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="802389677">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1193953114">
+        <w:div w:id="1407727879">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1901792145">
+            <w:div w:id="920674139">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1504468433">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="748691574">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1579711391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="746154000">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="948197978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1859812837">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="589199881">
+        <w:div w:id="282687925">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="961231783">
-[...11 lines deleted...]
-            <w:div w:id="506212573">
+            <w:div w:id="703680414">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="293802359">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1774282162">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="394742280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="4330518">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="554043684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="962030490">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="589199881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="506212573">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="961231783">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="748114316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="830022479">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="811368258">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -17638,169 +18206,247 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="386338180">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="282687925">
-[...102 lines deleted...]
-        </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2022927200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="108428170">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1918396827">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="309288150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2051805476">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="588345204">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1463383206">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="630793664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="640699158">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="700666067">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1597978385">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1101993792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="702678371">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1267151056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="394277186">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
         <w:div w:id="1289970654">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="436174605">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="817920581">
@@ -17821,241 +18467,60 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1817144183">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="108428170">
-[...180 lines deleted...]
-        </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/en/education-and-cpd/education/information-for-education-providers/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:education@optical.org" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/static/32d9e4ac-18d5-4c2a-96e3d3fb04c3b9c0/notification-of-changes-and-events-completion-guidance.pdf" TargetMode="External" Id="R166bbf9baf404e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/etr/" TargetMode="External" Id="R44a25bcd519b40f1" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/en/education-and-cpd/education/information-for-education-providers/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/etr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optical.org/static/32d9e4ac-18d5-4c2a-96e3d3fb04c3b9c0/notification-of-changes-and-events-completion-guidance.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:education@optical.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7D3D86E3AA63488BB6C3B88C948FE101"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -18102,167 +18567,176 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007169F6"/>
     <w:rsid w:val="000326C6"/>
     <w:rsid w:val="00071DA3"/>
     <w:rsid w:val="000A744F"/>
+    <w:rsid w:val="001421A3"/>
     <w:rsid w:val="00251D39"/>
     <w:rsid w:val="002C2793"/>
     <w:rsid w:val="002C39DF"/>
     <w:rsid w:val="00321989"/>
     <w:rsid w:val="00375B44"/>
     <w:rsid w:val="003A7470"/>
+    <w:rsid w:val="003B6693"/>
     <w:rsid w:val="00407D13"/>
+    <w:rsid w:val="00512495"/>
     <w:rsid w:val="00512869"/>
     <w:rsid w:val="005165A6"/>
     <w:rsid w:val="005979BE"/>
     <w:rsid w:val="005C165B"/>
     <w:rsid w:val="005F4B72"/>
     <w:rsid w:val="006012FE"/>
     <w:rsid w:val="00653787"/>
+    <w:rsid w:val="006E3E84"/>
     <w:rsid w:val="007169F6"/>
     <w:rsid w:val="00760DDA"/>
+    <w:rsid w:val="008431F2"/>
     <w:rsid w:val="00845B5F"/>
     <w:rsid w:val="008D5540"/>
     <w:rsid w:val="00935D76"/>
     <w:rsid w:val="00936C50"/>
     <w:rsid w:val="00947980"/>
     <w:rsid w:val="009A0E36"/>
+    <w:rsid w:val="009B796A"/>
     <w:rsid w:val="009F7DFE"/>
     <w:rsid w:val="00A26590"/>
+    <w:rsid w:val="00B35DD8"/>
     <w:rsid w:val="00B37B66"/>
     <w:rsid w:val="00B77BDC"/>
     <w:rsid w:val="00C26CE1"/>
     <w:rsid w:val="00C75F6B"/>
     <w:rsid w:val="00C87492"/>
     <w:rsid w:val="00D57C7E"/>
     <w:rsid w:val="00D662DE"/>
     <w:rsid w:val="00E37AA3"/>
     <w:rsid w:val="00EB0FBA"/>
     <w:rsid w:val="00EB50C4"/>
     <w:rsid w:val="00EB5937"/>
     <w:rsid w:val="00F17BB7"/>
     <w:rsid w:val="00F8645A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -18693,51 +19167,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -19004,130 +19478,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...56 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a8de093a-89df-42b4-a028-831808eac158" xmlns:ns3="4036cac8-312f-42f3-b234-5744a52ce53e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f28075fea8712681fab4c01c12836df1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BFD1362A1F1ABB4CAB50CBDB8675D461" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6b1f9e72cb083ab0915425de6022eee">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a8de093a-89df-42b4-a028-831808eac158" xmlns:ns3="4036cac8-312f-42f3-b234-5744a52ce53e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfe9f418dc9f0a1893118d3726779549" ns2:_="" ns3:_="">
     <xsd:import namespace="a8de093a-89df-42b4-a028-831808eac158"/>
     <xsd:import namespace="4036cac8-312f-42f3-b234-5744a52ce53e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a8de093a-89df-42b4-a028-831808eac158" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -19151,50 +19570,55 @@
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4036cac8-312f-42f3-b234-5744a52ce53e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -19296,93 +19720,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a8de093a-89df-42b4-a028-831808eac158">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4036cac8-312f-42f3-b234-5744a52ce53e" xsi:nil="true"/>
+    <SharedWithUsers xmlns="4036cac8-312f-42f3-b234-5744a52ce53e">
+      <UserInfo>
+        <DisplayName>Georgia Smith</DisplayName>
+        <AccountId>25</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Georgina Carter</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Samara Morgan</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Kate Furniss</DisplayName>
+        <AccountId>423</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Manuella Pobee</DisplayName>
+        <AccountId>108</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lisa Venables</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E960BF63-7E0C-4391-882D-80ED56F2E21D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FEDEE09-6531-4E8D-A7BC-D33234AEDF1A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a8de093a-89df-42b4-a028-831808eac158"/>
+    <ds:schemaRef ds:uri="4036cac8-312f-42f3-b234-5744a52ce53e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB108A85-70D8-4780-AE52-F6B5DD86D9B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E960BF63-7E0C-4391-882D-80ED56F2E21D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8881AB00-5007-4D56-A516-02DD79871DBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a8de093a-89df-42b4-a028-831808eac158"/>
     <ds:schemaRef ds:uri="4036cac8-312f-42f3-b234-5744a52ce53e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>14</Pages>
+  <Words>2081</Words>
+  <Characters>12050</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>446</Lines>
+  <Paragraphs>282</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>13849</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Georgia Smith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BFD1362A1F1ABB4CAB50CBDB8675D461</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>